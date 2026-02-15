--- v0 (2025-11-02)
+++ v1 (2026-02-15)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\lelde.andersone\Desktop\Darba dokumenti\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\lelde.andersone\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{339E2A1F-B339-4C4C-AF9E-B0AE63A29F49}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{418FB4D8-9314-4EBD-9872-1117AB6A10A6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{C1272AD8-7CE8-4C81-88F2-F6D15F64534B}"/>
   </bookViews>
   <sheets>
     <sheet name="Lapa1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
@@ -189,72 +189,60 @@
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>1</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve"> Iedalījums pēc lieluma noteikts pamatojoties uz Ministru kabineta 2025. gada 25. jūnija noteikumiem Nr. 392 "Valdes un padomes locekļu skaita un atalgojuma noteikšanas kārtība publiskas personas kapitāla daļu pārvaldīšanas gadījumā"</t>
     </r>
   </si>
   <si>
     <t>Ezeru laukums 2, Talsi, Talsu novads, LV - 3201
 www.talsunamsaimnieks.lv</t>
   </si>
   <si>
-    <t>Agris Rozenfelds</t>
-[...1 lines deleted...]
-  <si>
     <t>Nav paredzēts</t>
   </si>
   <si>
     <t>03.01.2025. noslēdzies reorganizācijas process sadalīšans ceļā sašķeļot SIA "Rojas DzKU" un attiecīgo daļu pievienojot SIA "TALSU NAMSAIMNIEKS"</t>
   </si>
   <si>
     <t>Raiņa iela 17, Talsi, Talsu novads, LV - 3201
 www.talsuudens.lv</t>
   </si>
   <si>
-    <t>4.panta pirmā daļa, Valsts pārvaldes iekārtas likuma (VPIL) 88. panta pirmās daļas 2. un 3. punkts</t>
-[...7 lines deleted...]
-  <si>
     <t>19.04.2024. noslēdzie sreorganizācijas process apvienošanas ceļā SIA "TALSU ŪDENS" pievienojot SIA "MĒRSRAGA ŪDENS", sabiedrību ar ierobežotu atbildību "KOLKAS ŪDENS" un SIA "ZIEMEĻKURZEME".
 03.01.2025. noslēdzies reorganizācijas process sadalīšanas ceļā sašķeļot SIA "Rojas DzKU" un attiecīgo daļu pievienojot SIA "TALSU ŪDENS"</t>
   </si>
   <si>
     <t>Pils iela 6, Dundaga, Dundagas pagasts, Talsu novads, LV - 3270</t>
   </si>
   <si>
     <t>4. panta pirmā daļa, VPIL 88. panta pirmās daļas 2. punkts</t>
   </si>
   <si>
     <t>Nodrošināt kvalitatīvus ilgstošās sociālās aprūpes un sociālās rehabilitācijas pakalpojumus, veicināt to pieejamību Talsu novada iedzīvotājiem iespējami tuvu dzīvesvietai.</t>
   </si>
   <si>
     <t>Nav plānots reorganizēt vai pārveidot</t>
   </si>
   <si>
     <t>Rīgas iela 1, Tukums, Tukuma novads, LV - 3101
 www.piejuraatkritumi.lv</t>
   </si>
   <si>
     <t>4. panta pirmā daļa, VPIL 88. panta pirmās daļas 1., 2. un 3. punkts</t>
   </si>
   <si>
     <t>Kapitāsabiedrības, kurās Talsu novada pašvaldībai pieder kapitāļa daļas</t>
   </si>
@@ -418,67 +406,76 @@
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>SIA "Ziemeļkurzemes reģionālā slimnīca"</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">
 Reģ. nr. 40003246194</t>
     </r>
   </si>
   <si>
-    <t>1. Nodrošināt nepārtrauktu kvalitatīvu, efektīvu un uzticamu dzīvojamo ēku un to teritoriju apsaimniekošanu un pārvaldīšanu.
-[...4 lines deleted...]
-  <si>
     <t>Kapitālsabiedrībām nav līdzdalības citās sabiedrībās.</t>
   </si>
   <si>
     <t>Sadzīves atkritumu apsaimniekošanas sistēmas uzturēšana un attīstība Ziemeļkurzemes atkritumu apsaimniekošanas reģionā tādā veidā, lai nodrošinātu normatīvo aktu prasību ievērošanu, kā arī Eiropas Savienības noteikto mērķu sasniegšanu attiecībā uz atkritumu apsaimniekošanas sistēmas darbības efektivitāti, videi draudzīgu un efektīvu sadzīves atkritumu apsaimniekošanu ar sabalansētu sabiedriskā pakalpojuma tarifu.</t>
   </si>
   <si>
     <t>1 444 754
 (līdzdalības apmērs 49,40%)</t>
   </si>
   <si>
-    <t>Informācija atjaunota 22.08.2025.</t>
+    <t>Marika Grohjacka</t>
+  </si>
+  <si>
+    <t>Nodrošināt Talsu novada iedzīvotājiem kvalitatīvus, ilgtspējīgus un normatīvo aktu prasībām atbilstošus siltumenerģijas pakalpojumus, to pieejamību un nepārtrauktību, ņemot vērā sabiedrības ekonomiskās intereses; nodrošināt nepārtrauktu, kvalitatīvu, efektīvu un uzticamu dzīvojamo ēku un to teritoriju apsaimniekosanu un pārvaldīšanu, veicinot dzīvokļu īpašnieku iesaisti dzīvojamās mājas pārvaldīšanā, kā arī mājas lietošanas īpašību (kvlaitātes) saglabāšanu visā tās ekspluatācijas laikā.</t>
+  </si>
+  <si>
+    <t>Nodrošināt kvalitatīvus, nepārtrauktus, rentablus un videi draudzīgus ūdenssaimniecības pakalpojumus, pastāvīgi veicinot pakalpojumu pieejamību un ūdenssaimniecības nozares ilgtspējīgu attīstību.</t>
+  </si>
+  <si>
+    <t>Informācija atjaunota 02.02.2026.</t>
+  </si>
+  <si>
+    <t>4.panta pirmā daļa, Valsts pārvaldes iekārtas likuma (VPIL) 88. panta pirmās daļas 1. un 2. punkts</t>
+  </si>
+  <si>
+    <t>4. panta pirmā daļa, VPIL 88. panta pirmās daļas 1. un 2. punkts</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="11"/>
@@ -650,79 +647,79 @@
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
-    </xf>
-[...19 lines deleted...]
-      <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Parasts" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office dizains">
   <a:themeElements>
@@ -1000,500 +997,500 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EFB332EB-3C16-4F13-AB94-2729EF00C1D8}">
   <dimension ref="A1:R19"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="E26" sqref="E26"/>
+    <sheetView tabSelected="1" topLeftCell="A10" zoomScale="86" zoomScaleNormal="86" workbookViewId="0">
+      <selection activeCell="F7" sqref="F7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="4.21875" customWidth="1"/>
     <col min="2" max="2" width="19" customWidth="1"/>
     <col min="3" max="3" width="27.33203125" customWidth="1"/>
     <col min="4" max="4" width="14.77734375" customWidth="1"/>
     <col min="5" max="5" width="19.44140625" customWidth="1"/>
     <col min="6" max="6" width="16.109375" customWidth="1"/>
     <col min="7" max="7" width="39.109375" customWidth="1"/>
     <col min="8" max="8" width="15.109375" customWidth="1"/>
     <col min="9" max="9" width="12.33203125" customWidth="1"/>
     <col min="10" max="10" width="10.5546875" customWidth="1"/>
     <col min="11" max="12" width="10.21875" customWidth="1"/>
     <col min="13" max="13" width="11.6640625" customWidth="1"/>
     <col min="14" max="14" width="20.77734375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" s="3" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:18" s="1" customFormat="1" ht="89.4" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="16" t="s">
+      <c r="A3" s="13" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="17" t="s">
+      <c r="B3" s="14" t="s">
         <v>2</v>
       </c>
-      <c r="C3" s="16" t="s">
+      <c r="C3" s="13" t="s">
         <v>3</v>
       </c>
-      <c r="D3" s="16" t="s">
+      <c r="D3" s="13" t="s">
         <v>4</v>
       </c>
-      <c r="E3" s="16" t="s">
+      <c r="E3" s="13" t="s">
         <v>5</v>
       </c>
-      <c r="F3" s="18" t="s">
+      <c r="F3" s="15" t="s">
         <v>15</v>
       </c>
-      <c r="G3" s="16" t="s">
+      <c r="G3" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="H3" s="16" t="s">
+      <c r="H3" s="13" t="s">
         <v>7</v>
       </c>
-      <c r="I3" s="16" t="s">
+      <c r="I3" s="13" t="s">
         <v>8</v>
       </c>
-      <c r="J3" s="16" t="s">
+      <c r="J3" s="13" t="s">
         <v>12</v>
       </c>
-      <c r="K3" s="16"/>
-[...1 lines deleted...]
-      <c r="M3" s="16" t="s">
+      <c r="K3" s="13"/>
+      <c r="L3" s="13"/>
+      <c r="M3" s="13" t="s">
         <v>13</v>
       </c>
-      <c r="N3" s="16" t="s">
+      <c r="N3" s="13" t="s">
         <v>14</v>
       </c>
       <c r="O3" s="4"/>
       <c r="P3" s="4"/>
       <c r="Q3" s="4"/>
       <c r="R3" s="4"/>
     </row>
     <row r="4" spans="1:18" s="1" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
-      <c r="A4" s="16"/>
-[...7 lines deleted...]
-      <c r="I4" s="16"/>
+      <c r="A4" s="13"/>
+      <c r="B4" s="14"/>
+      <c r="C4" s="13"/>
+      <c r="D4" s="13"/>
+      <c r="E4" s="13"/>
+      <c r="F4" s="16"/>
+      <c r="G4" s="13"/>
+      <c r="H4" s="13"/>
+      <c r="I4" s="13"/>
       <c r="J4" s="12" t="s">
         <v>9</v>
       </c>
       <c r="K4" s="12" t="s">
         <v>10</v>
       </c>
       <c r="L4" s="12" t="s">
         <v>11</v>
       </c>
-      <c r="M4" s="16"/>
-      <c r="N4" s="16"/>
+      <c r="M4" s="13"/>
+      <c r="N4" s="13"/>
     </row>
     <row r="5" spans="1:18" s="1" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
-      <c r="A5" s="20" t="s">
-[...14 lines deleted...]
-      <c r="N5" s="22"/>
+      <c r="A5" s="17" t="s">
+        <v>29</v>
+      </c>
+      <c r="B5" s="18"/>
+      <c r="C5" s="18"/>
+      <c r="D5" s="18"/>
+      <c r="E5" s="18"/>
+      <c r="F5" s="18"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+      <c r="K5" s="18"/>
+      <c r="L5" s="18"/>
+      <c r="M5" s="18"/>
+      <c r="N5" s="19"/>
     </row>
     <row r="6" spans="1:18" s="5" customFormat="1" ht="159" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="8">
         <v>1</v>
       </c>
       <c r="B6" s="9" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="C6" s="6" t="s">
         <v>17</v>
       </c>
       <c r="D6" s="7">
         <v>2060238</v>
       </c>
       <c r="E6" s="6" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="F6" s="8" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="G6" s="6" t="s">
         <v>50</v>
       </c>
       <c r="H6" s="8" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="I6" s="8">
         <v>0</v>
       </c>
       <c r="J6" s="7">
         <v>954190</v>
       </c>
       <c r="K6" s="7">
         <v>1111083</v>
       </c>
       <c r="L6" s="7">
         <v>1126643</v>
       </c>
       <c r="M6" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="N6" s="6" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:18" s="5" customFormat="1" ht="224.4" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="8">
         <v>2</v>
       </c>
       <c r="B7" s="10" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C7" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="D7" s="7">
         <v>11835306</v>
       </c>
       <c r="E7" s="6" t="s">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="F7" s="8" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="G7" s="6" t="s">
-        <v>24</v>
+        <v>51</v>
       </c>
       <c r="H7" s="8" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="I7" s="8">
         <v>0</v>
       </c>
       <c r="J7" s="7">
         <v>493234</v>
       </c>
       <c r="K7" s="7">
         <v>587513</v>
       </c>
       <c r="L7" s="7">
         <v>934369</v>
       </c>
       <c r="M7" s="8" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="N7" s="6" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:18" s="5" customFormat="1" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A8" s="8">
         <v>3</v>
       </c>
       <c r="B8" s="9" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="D8" s="7">
         <v>75592</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F8" s="8" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="H8" s="8" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="I8" s="8">
         <v>0</v>
       </c>
       <c r="J8" s="7">
         <v>69913</v>
       </c>
       <c r="K8" s="7">
         <v>63544</v>
       </c>
       <c r="L8" s="7">
         <v>80395</v>
       </c>
       <c r="M8" s="8" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:18" s="11" customFormat="1" ht="13.2" x14ac:dyDescent="0.25">
-      <c r="A9" s="13" t="s">
-[...14 lines deleted...]
-      <c r="N9" s="15"/>
+      <c r="A9" s="20" t="s">
+        <v>28</v>
+      </c>
+      <c r="B9" s="21"/>
+      <c r="C9" s="21"/>
+      <c r="D9" s="21"/>
+      <c r="E9" s="21"/>
+      <c r="F9" s="21"/>
+      <c r="G9" s="21"/>
+      <c r="H9" s="21"/>
+      <c r="I9" s="21"/>
+      <c r="J9" s="21"/>
+      <c r="K9" s="21"/>
+      <c r="L9" s="21"/>
+      <c r="M9" s="21"/>
+      <c r="N9" s="22"/>
     </row>
     <row r="10" spans="1:18" s="5" customFormat="1" ht="132" x14ac:dyDescent="0.25">
       <c r="A10" s="8">
         <v>4</v>
       </c>
       <c r="B10" s="9" t="s">
+        <v>43</v>
+      </c>
+      <c r="C10" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="D10" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="E10" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F10" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="G10" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="C10" s="6" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H10" s="8" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="I10" s="8">
         <v>0</v>
       </c>
       <c r="J10" s="7">
         <v>2606319</v>
       </c>
       <c r="K10" s="7">
         <v>2906212</v>
       </c>
       <c r="L10" s="7">
         <v>2880601</v>
       </c>
       <c r="M10" s="8" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="N10" s="6" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:18" s="5" customFormat="1" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A11" s="8">
         <v>5</v>
       </c>
       <c r="B11" s="9" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="C11" s="6" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="D11" s="6" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="E11" s="6" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="F11" s="8" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="G11" s="6" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="H11" s="8" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="I11" s="8">
         <v>0</v>
       </c>
       <c r="J11" s="7">
         <v>36588</v>
       </c>
       <c r="K11" s="7">
         <v>41679</v>
       </c>
       <c r="L11" s="7">
         <v>47439</v>
       </c>
       <c r="M11" s="8" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="N11" s="6" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:18" s="5" customFormat="1" ht="66" x14ac:dyDescent="0.25">
       <c r="A12" s="8">
         <v>6</v>
       </c>
       <c r="B12" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="C12" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="D12" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="E12" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F12" s="8" t="s">
+        <v>39</v>
+      </c>
+      <c r="G12" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="H12" s="8" t="s">
         <v>49</v>
-      </c>
-[...16 lines deleted...]
-        <v>18</v>
       </c>
       <c r="I12" s="8">
         <v>0</v>
       </c>
       <c r="J12" s="7">
         <v>8584846</v>
       </c>
       <c r="K12" s="7">
         <v>10290555</v>
       </c>
       <c r="L12" s="7">
         <v>9783097</v>
       </c>
       <c r="M12" s="8" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="N12" s="6" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:18" s="1" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
       <c r="D13" s="4"/>
       <c r="E13" s="4"/>
       <c r="F13" s="4"/>
       <c r="G13" s="4"/>
       <c r="H13" s="4"/>
       <c r="I13" s="4"/>
       <c r="J13" s="4"/>
       <c r="K13" s="4"/>
       <c r="L13" s="4"/>
       <c r="M13" s="4"/>
       <c r="N13" s="4"/>
     </row>
     <row r="14" spans="1:18" s="1" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
       <c r="D14" s="4"/>
       <c r="E14" s="4"/>
       <c r="F14" s="4"/>
       <c r="G14" s="4"/>
       <c r="H14" s="4"/>
       <c r="I14" s="4"/>
       <c r="J14" s="4"/>
       <c r="K14" s="4"/>
       <c r="L14" s="4"/>
       <c r="M14" s="4"/>
       <c r="N14" s="4"/>
     </row>
     <row r="15" spans="1:18" s="1" customFormat="1" ht="16.8" x14ac:dyDescent="0.25">
       <c r="A15" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="16" spans="1:18" s="1" customFormat="1" ht="13.8" x14ac:dyDescent="0.25"/>
     <row r="17" spans="1:1" s="1" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A17" s="1" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
     </row>
     <row r="19" spans="1:1" s="1" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A19" s="1" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="14">
+    <mergeCell ref="M3:M4"/>
+    <mergeCell ref="N3:N4"/>
+    <mergeCell ref="F3:F4"/>
+    <mergeCell ref="A5:N5"/>
+    <mergeCell ref="A9:N9"/>
     <mergeCell ref="J3:L3"/>
     <mergeCell ref="A3:A4"/>
     <mergeCell ref="B3:B4"/>
     <mergeCell ref="C3:C4"/>
     <mergeCell ref="D3:D4"/>
     <mergeCell ref="E3:E4"/>
     <mergeCell ref="G3:G4"/>
     <mergeCell ref="H3:H4"/>
     <mergeCell ref="I3:I4"/>
-    <mergeCell ref="M3:M4"/>
-[...3 lines deleted...]
-    <mergeCell ref="A9:N9"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Darblapas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Lapa1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>