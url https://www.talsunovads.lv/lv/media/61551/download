--- v0 (2025-10-17)
+++ v1 (2026-01-06)
@@ -1,3165 +1,3057 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28730"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="25629"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\laine.skadina\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\172.16.10.36\APN_koplietojamie\PLĀNOŠANAS DAĻA\Investīciju plāns\2025\Lēmumi\2_301025\3_Domes sēde\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{1AD6984A-2F5D-49C8-82FA-A74F0F33B81C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6F0923C4-115C-4E35-899A-B549A14E9FA1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-6000" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Investīciju plāns" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Investīciju plāns'!$A$4:$P$44</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Investīciju plāns'!$A$5:$P$49</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="503" uniqueCount="261">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="553" uniqueCount="279">
   <si>
     <t>Nr. p.k.</t>
   </si>
   <si>
     <t>Projekta nosaukums</t>
   </si>
   <si>
+    <t>Finanšu instruments (EUR vai %, nosaukums)</t>
+  </si>
+  <si>
+    <t>Plānotais laika posms</t>
+  </si>
+  <si>
+    <t>Atbildīgie par projekta īstenošanu</t>
+  </si>
+  <si>
+    <t>Īstenošanas teritorija (pilsēta, pagasts, novads)</t>
+  </si>
+  <si>
+    <t>Indikatīvā summa (EUR)</t>
+  </si>
+  <si>
+    <t>Pašvaldības budžets (vai iesniedzēja finansējums)</t>
+  </si>
+  <si>
+    <t>ESI fondu un cits ārējais finansējums</t>
+  </si>
+  <si>
+    <t>Projekta mērķis / plānotie darbības rezultāti un to rezultatīvie rādītāji</t>
+  </si>
+  <si>
+    <t>Uzsākšanas gads</t>
+  </si>
+  <si>
+    <t>Pabeigšanas gads</t>
+  </si>
+  <si>
+    <t>Laucienes pagasts</t>
+  </si>
+  <si>
+    <t>2024.</t>
+  </si>
+  <si>
+    <t>2026.</t>
+  </si>
+  <si>
+    <t>Mērsraga pagasts</t>
+  </si>
+  <si>
+    <t>Talsu pilsēta</t>
+  </si>
+  <si>
+    <t>2023.</t>
+  </si>
+  <si>
+    <t>Publisko teritoriju labiekārtošana Talsu pilsētā, rotaļu laukuma pārbūve Kareivju ielā, Talsos, 2. un 3. kārta</t>
+  </si>
+  <si>
+    <t>Veikta bērnu rotaļu laukuma izbūve Kareivju ielā ,2.,3.kārta - uzstādītas jaunas rotaļu iekārtas, veikts teritorijas labiekārtojums un apgaismojuma atjaunošana.</t>
+  </si>
+  <si>
+    <t>Dundagas pagasts</t>
+  </si>
+  <si>
+    <t>2025.</t>
+  </si>
+  <si>
+    <t>Laidzes pagasts</t>
+  </si>
+  <si>
+    <t>Rojas pagasts</t>
+  </si>
+  <si>
+    <t>Rojas pagasta pārvalde</t>
+  </si>
+  <si>
+    <t>Sabiles pilsēta</t>
+  </si>
+  <si>
+    <t>2027.</t>
+  </si>
+  <si>
+    <t>Virtuves bloka atjaunošana Talsu Valsts ģimnāzijā</t>
+  </si>
+  <si>
+    <t>Valdemārpils pilsēta</t>
+  </si>
+  <si>
+    <t>Vandzenes pagasts</t>
+  </si>
+  <si>
+    <t>Talsu novada muzeja infrastruktūras atjaunošana</t>
+  </si>
+  <si>
+    <t>Vandzenes Tautas nama publiskās teritorijas labiekārtošana</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nomainīts laukuma segums, labiekārtota laukuma un apkārtējā teritorija, </t>
+  </si>
+  <si>
+    <t>Ūdens sporta aktivitāšu vietas izveide Talsu pilsētā, Vilkmuižas ezera krastā</t>
+  </si>
+  <si>
+    <t>Multifunkcionālā sporta un rekreācijas centra izbūve Talsos</t>
+  </si>
+  <si>
+    <t>Veikta multifunkcionālā sporta un rekreācijas centra izbūve Ezera ielā 26, ietverot ledus halles un peldbaseina ar rekreācijas zonu izbūvi.</t>
+  </si>
+  <si>
+    <t>Izbūvēts tenisa laukums un izveidots rotaļu laukums pludmalē pie Sasmakas ezera.</t>
+  </si>
+  <si>
+    <t>Kolkas pagasts</t>
+  </si>
+  <si>
+    <t>Talsu novads</t>
+  </si>
+  <si>
+    <t>Izveidota peldvieta un labiekārtota teritorija pie Vilkmuižas ezera: izveidoti celiņi, pludmale, apgaismojums, mazās arhitektūras formas.</t>
+  </si>
+  <si>
+    <t>Apkures sistēmu atjaunošana pašvaldības ēkās</t>
+  </si>
+  <si>
+    <t>Veikta Meža kapu infrastruktūras izveide Rojā.</t>
+  </si>
+  <si>
+    <t>Talsu  novada sociālo mājokļu atjaunošana</t>
+  </si>
+  <si>
+    <t>Atjaunoti līdz 30 sociālajiem dzīvokļiem Talsu novadā.</t>
+  </si>
+  <si>
+    <t>Atbalsta pasākumu cilvēkiem ar invaliditāti mājokļa vides pieejamībai nodrošināšana</t>
+  </si>
+  <si>
+    <t>Papildināts skatuves aprīkojums.</t>
+  </si>
+  <si>
+    <t>Mērsraga kultūras nama skatuves aprīkojuma uzlabošana</t>
+  </si>
+  <si>
+    <t>Aktīvās atpūtas, sporta ārtelpas infrastruktūras atjaunošana un izveide Valdemārpils pilsētā</t>
+  </si>
+  <si>
+    <t>Meža kapu izveide Rojā</t>
+  </si>
+  <si>
+    <t>Atjaunotas Talsu Valsts ģimnāzijas virtuves telpas, atjaunota ventilācijas sistēma, iekārtas un virtuves aprīkojums.</t>
+  </si>
+  <si>
+    <t>Veikta Dundagas ielas no Lielgabalu ielas līdz Talsu pilsētas robežai (1500 m) seguma atjaunošana un gājēju/velo ceļa izbūve, labiekārtošana un apgaismojuma atjaunošana.</t>
+  </si>
+  <si>
+    <t>Pilsētu un pagastu pārvaldes</t>
+  </si>
+  <si>
+    <t>Uzlabota pansionāta “Lauciene” ēku energoefektivitāte. Izmaksu samazinājums uz vienu pakalpojuma saņēmēju ēkām ar kadastra Nr. 88700170035001 20,5%; 88700170035002 19,25% un 88700170035003 18,1% tiks sasniegts 2025.gadā.</t>
+  </si>
+  <si>
+    <t>Labiekārtoti līdz 4 objektiem vides pieejamībai nodrošināšana cilvēkiem ar invaliditāti.</t>
+  </si>
+  <si>
+    <t>Komentārs par projekta īstenošanu Investīciju plāna apstiprināšanas/grozījumu veikšanas brīdī</t>
+  </si>
+  <si>
+    <t>Talsu pilsētas pārvalde, Attīstības plānošanas, projektu vadības un tūrisma departaments</t>
+  </si>
+  <si>
+    <t>Talsu pamatskola, Attīstības plānošanas, projektu vadības un tūrisma departaments</t>
+  </si>
+  <si>
+    <t>Talsu Valsts ģimnāzija, Attīstības plānošanas, projektu vadības un tūrisma departaments</t>
+  </si>
+  <si>
+    <t>Attīstības plānošanas, projektu vadības un tūrisma departaments, Mērsraga pagasta pārvalde</t>
+  </si>
+  <si>
+    <t>Attīstības plānošanas, projektu vadības un tūrisma departaments, Rojas Kultūras centrs</t>
+  </si>
+  <si>
+    <t>Attīstības plānošanas, projektu vadības un tūrisma departaments, Talsu pilsētas pārvalde</t>
+  </si>
+  <si>
+    <t>Izpilddirektors, Talsu pilsētas pārvalde, Attīstības plānošanas, projektu vadības un tūrisma departaments</t>
+  </si>
+  <si>
+    <t>Attīstības plānošanas, projektu vadības un tūrisma departaments</t>
+  </si>
+  <si>
+    <t>Attīstības plānošanas, projektu vadības un tūrisma departaments, Sociālais dienests</t>
+  </si>
+  <si>
+    <t>Pansionāts "Lauciene", Attīstības plānošanas, projektu vadības un tūrisma departaments</t>
+  </si>
+  <si>
+    <t>Attīstības plānošanas, projektu vadības un tūrisma departaments, Pašvaldības policija</t>
+  </si>
+  <si>
+    <t>Veikta Eksporta ielas (235 m) pārbūve Talsos, tā nodrošinot rūpniecisko teritoriju ar ielu, kas būtu kravas transporta noslodzei un intensitātei atbilstoša, ar atbilstošiem infrastruktūras risinājumiem. Nodrošināts darba algas fonda pieaugums privātajos komersantos 211225 eiro apmērā un nodrošinātas komersantu privātās nefinanšu investīcijas nemateriālajos ieguldījumos un pamatlīdzekļos 281648 eiro apmērā.</t>
+  </si>
+  <si>
+    <t>Pašvaldības operatīvā informācijas centra ēkas būvniecība Daģu ielā 4, Talsos</t>
+  </si>
+  <si>
+    <t>Izbūvēta pašvaldības operatīvā informācijas centra ēka Daģu ielā 4, Talsos.</t>
+  </si>
+  <si>
+    <t>Gājēju un velosipēdistu ceļa pārbūve un ielas ceļu seguma virskārtas atjaunošana Dundagas ielā Talsu pilsētā (2.kārta)</t>
+  </si>
+  <si>
+    <t>Izveidota ūdens sporta aktivitāšu vieta Talsu pilsētā, Vilkmuižas ezera krastā.</t>
+  </si>
+  <si>
+    <t>Rojas vidusskolas mācību vides uzlabošana, infrastruktūras atjaunošana</t>
+  </si>
+  <si>
+    <t>Rojas vidusskola</t>
+  </si>
+  <si>
+    <t>Veikta sporta zāles atjaunošana.</t>
+  </si>
+  <si>
+    <t>Publiskās infrastruktūras uzlabošana Rojas pludmalē</t>
+  </si>
+  <si>
+    <t>Sabiedrībā balstītu sociālo pakalpojumu pieejamības palielināšana Talsu novadā</t>
+  </si>
+  <si>
+    <t>Atjaunota esošā pastaigu taka/koka laipa pludmales zonā pie bērnu laukuma apmēram 650 m2 un uzstādīta jauna pārģērbšanās kabīne cilvēkiem ar īpašām vajadzībām.</t>
+  </si>
+  <si>
+    <t>Attīstības plānošanas, projektu vadības un tūrisma departaments, Rojas pagasta pārvalde,</t>
+  </si>
+  <si>
+    <t>2030.</t>
+  </si>
+  <si>
+    <t>Publiskās infrastruktūra uzlabošana pie Kolkas tautas nama</t>
+  </si>
+  <si>
+    <t>Pārbūvēts pie Kolkas tautas nama esošais auto stāvlaukums un labiekārtota tam pieguļošā teritorija.</t>
+  </si>
+  <si>
+    <t>Rojas apvienības pārvalde, Attīstības plānošanas, projektu vadības un tūrisma departaments</t>
+  </si>
+  <si>
+    <t>Projekts tiek īstenots.</t>
+  </si>
+  <si>
+    <t>Izstrādāta būvniecības ieceres dokumentācija.</t>
+  </si>
+  <si>
+    <t>Izstrādāts būvprojekts.</t>
+  </si>
+  <si>
+    <t>Projekta īstenošana ir atcelta uz gadu.</t>
+  </si>
+  <si>
+    <t>Talsu novada Attīstības programmas 2022. – 2028. gadam Investīciju plāns 2025. – 2027. gadam</t>
+  </si>
+  <si>
+    <t>Izskatāmas finansējuma piesaistes iespējas ņemot prioritāro aizņēmumu valsts kasē.</t>
+  </si>
+  <si>
+    <t>Talsu novada muzejs, Attīstības plānošanas, projektu vadības un tūrisma departaments</t>
+  </si>
+  <si>
+    <t>Energoefektivitātes uzlabošana Talsu novada pašvaldības iestādes pansionāts “Lauciene” ēkām (1.kārta)</t>
+  </si>
+  <si>
+    <t>Vikmuižas ezera apkārtnes labiekārtošana Talsu pilsētā (1.un 2.kārta)</t>
+  </si>
+  <si>
+    <t>Atkritumu šķirošanas laukuma Talsos, Dzelzupes ielā izveide</t>
+  </si>
+  <si>
+    <t>Projekts iesniegts vērtēšanai.</t>
+  </si>
+  <si>
+    <t>Infrastruktūras izveide uzņēmējdarbības attīstībai Talsu pilsētā (Eksporta iela)</t>
+  </si>
+  <si>
+    <t>Izveidota specializētā darbnīca – nodarbību telpas sveču liešanai  cilvēkiem ar garīga rakstura traucējumiem Sociālā dienesta telpās Bānīša ielā 4, Dundagā un nodrošināta darba alga personālam 24 mēnešu periodā.</t>
+  </si>
+  <si>
+    <t>Talsu pamatskolas fasādes atjaunošana</t>
+  </si>
+  <si>
+    <t>Rojas kultūras centra skatuves aprīkojuma iegāde</t>
+  </si>
+  <si>
+    <t>Patvertņu pielāgošana un aprīkošana civilās aizsardzības mērķiem</t>
+  </si>
+  <si>
+    <t>Primārās veselības aprūpes infrastruktūras uzlabošana Talsu novadā</t>
+  </si>
+  <si>
+    <t>Valdemārpils kapu paplašināšana</t>
+  </si>
+  <si>
+    <t>Pašvaldības tiltu atjaunošana</t>
+  </si>
+  <si>
+    <t>Sabiles kultūras nama vecās ēkas daļas jumta un fasādes atjaunošana</t>
+  </si>
+  <si>
+    <t>Izveidots atkritumu šķirošanas laukums Talsos, Dzelzupes ielā.</t>
+  </si>
+  <si>
+    <t>SIA “Atkritumu apsaimniekošanas sabiedrība “Piejūra””</t>
+  </si>
+  <si>
+    <t>Dundagas Kalna dārza atjaunošana</t>
+  </si>
+  <si>
+    <t>Talsu kultūras centra skatuves apgaismojuma uzlabošana</t>
+  </si>
+  <si>
+    <t>Publiskās atpūtas infrastruktūras atjaunošana Ziedgravās, Laidzes pagastā</t>
+  </si>
+  <si>
+    <t>Uzlabota Kalna dārza, Dundagā  infrastruktūra  publiskai pieejamībai. Izveidota koka platforma (terase), ierīkots apgaismojums (iekarināmās gaismas virtenes), izbūvēti celiņi un uzstādīti labiekārtojuma elementi (soliņi, ugunskura vieta).</t>
+  </si>
+  <si>
+    <t>Kultūras un tūrisma jomas palielināšana sociālajā iekļaušanā un sociālajās inovācijās Dundagas pilī</t>
+  </si>
+  <si>
+    <t>Veikta patvertņu pielāgošana un aprīkošana.</t>
+  </si>
+  <si>
+    <t>Izveidots jauns uz sociālo iekļaušanu balstīts kultūras piedāvājums.</t>
+  </si>
+  <si>
+    <t>Atjaunots Sabiles kultūras nama vecās ēkas daļas jumts un fasāde.</t>
+  </si>
+  <si>
+    <t>Atjaunota un papildināta gaismas un skaņas tehnika Rojas kultūras centrā.</t>
+  </si>
+  <si>
+    <t>Iegādātas gaismas sistēmas un uzstādīts reklāmas baneris Talsu kultūras centrā.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Veikta vides pieejamības nodrošināšana 6 ģimenes ārstu praksēm Talsu novadā. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Veikti ar kapu paplašināšanu saistītie darbi. </t>
+  </si>
+  <si>
+    <t>Attīstības plānošanas, projektu vadības un tūrisma departaments, Dundagas pagasta pārvalde</t>
+  </si>
+  <si>
+    <t>Attīstības plānošanas, projektu vadības un tūrisma departaments, Rojas pagasta pārvalde</t>
+  </si>
+  <si>
+    <t>Attīstības plānošanas, projektu vadības un tūrisma departaments, Talsu Kultūras centrs</t>
+  </si>
+  <si>
+    <t>Attīstības plānošanas, projektu vadības un tūrisma departaments, Valdemārpils apvienības pārvalde</t>
+  </si>
+  <si>
+    <t>Valdemārpils apvienības pārvalde, Attīstības plānošanas, projektu vadības un tūrisma departaments</t>
+  </si>
+  <si>
+    <t>Valdemārpils apvienības pārvalde, Attīstības plānošanas, projektu vadības un tūrisma departaments,</t>
+  </si>
+  <si>
+    <t>Attīstības plānošanas, projektu vadības un tūrisma departaments, Pašvaldības apvienības pārvalde</t>
+  </si>
+  <si>
+    <t>Attīstības plānošanas, projektu vadības un tūrisma departaments, Sabiles un Stendes apvienības pārvalde</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Veikta tiltu tehniskā apsekošana, dažiem tiltiem jāizstrādā būvprojekts. </t>
+  </si>
+  <si>
+    <t>Veikta teritorijas labiekārtošana (apgaismojums, sēdvietas, labierīcību izbūve).</t>
+  </si>
+  <si>
+    <t>Veikta līdz 6 tiltu atjaunošana Talsu novadā, Vandzenes, Lubes un Valdgales pagastos.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Atjaunota apkures sistēma līdz četrām pašvaldībai piederošām ēkām (Pils ielā 14, Dundagā Dundagas pagastā, "Akmeņkaļi" Ģibuļu pagastā, "Lībagu sākumskola", Dižstendē, Lībagu pagastā un Bērnudārzs „Zīlīte”, Vandzenē, Vandzenes pagastā). </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Energoefektīvu gaismekļu uzstādīšana </t>
+  </si>
+  <si>
+    <t>Uzsādīts energoefektīvs apgaismojums Talsu pilsētas sporta zālēs un pašvaldības iestādēs.</t>
+  </si>
+  <si>
+    <t>Attīstības plānošanas, projektu vadības un tūrisma departaments, Nekustamo īpašumu un vides aizsardzības departaments</t>
+  </si>
+  <si>
+    <t>Nekustamo īpašumu un vides aizsardzības departaments</t>
+  </si>
+  <si>
+    <t>Apzināti apjomi.</t>
+  </si>
+  <si>
+    <t>Tiek gatavoti darba uzdevumi.</t>
+  </si>
+  <si>
+    <t>Veikta Talsu pamatskolas fasādes atjaunošana.</t>
+  </si>
+  <si>
+    <t>Līdzdalības budžets</t>
+  </si>
+  <si>
+    <t>Finansējums izlietots sabiedrības ierosinātiem teritorijas attīstības projektiem, lai veicinātu Talsu novada pašvaldības iedzīvotāju iesaisti teritorijas attīstības jautājumu izlemšanā.</t>
+  </si>
+  <si>
+    <t>Pirmsskolas izglītības iestādes "Vīnodziņa" būvniecība Sabilē</t>
+  </si>
+  <si>
+    <t>Uzbūvēta Sabiles PII "Vīnodziņa" ēka Sabilē Ventspils ielā 17b.</t>
+  </si>
+  <si>
+    <t>PII "Vīnodziņa", Sabiles pilsētas un Abavas pagasta apvienība, Attīstības plānošanas, projektu vadības un tūrisma departaments</t>
+  </si>
+  <si>
+    <t>Talsu tirgus teritorijas labiekārtošana</t>
+  </si>
+  <si>
+    <t>Labiekārtota tirgus teritorija - atjaunots laukuma segums, žogs, tirdzniecības vietas.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Piekļuves vietas jūrai Kolkas pagastā pilnveidošana </t>
+  </si>
+  <si>
+    <t>Uzlabotas līdz 4 piekļuves vietām pludmalei Kolkas pagastā.</t>
+  </si>
+  <si>
+    <t>Veikti ēkas betona apmales izbūves darbi, pamatu konstrukciju hidroizolācija, lietus ūdens novadīšanas sistēmas izbūve.</t>
+  </si>
+  <si>
+    <t>Dabas un vides resersu saglabāšana Rojā</t>
+  </si>
+  <si>
+    <t>Veikta Mazupītes Rojā krastu stiprināšana lai mazinātu erozijas riskus, pārbūvēts gājēju tilts, pārbūvēta Strautu iela (līdz 70 m), uzstādīta sabiedriskā tualete.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Veikta 2 pasažieru - kravas liftu nomaiņa A un B korpusā. </t>
+  </si>
+  <si>
+    <t>Izsludināts iepirkums.</t>
+  </si>
+  <si>
+    <t>Liftu nomaiņa Talsu novada pašvaldības iestādē pansionāts “Lauciene”</t>
+  </si>
+  <si>
+    <t>Pansionāts "Lauciene"</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="16"/>
+        <color theme="1"/>
+        <rFont val="Ebrima"/>
+        <family val="2"/>
+        <charset val="186"/>
+      </rPr>
+      <t>1</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="16"/>
+        <color theme="1"/>
+        <rFont val="Ebrima"/>
+        <family val="2"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> Līdzdalības budžeta plānošanas vienība (teritorija), kas noteikta saskaņā ar Pašvaldību likuma 59.panta trešo daļu</t>
+    </r>
+  </si>
+  <si>
+    <t>Domes priekšsēdētājs</t>
+  </si>
+  <si>
+    <t>_.__________</t>
+  </si>
+  <si>
+    <t xml:space="preserve">174636,3
+</t>
+  </si>
+  <si>
+    <t>Talsu  novada sociālo mājokļu atjaunošana (2.kārta)</t>
+  </si>
+  <si>
+    <t>Atjaunoti līdz 20 sociālajiem dzīvokļiem Talsu novadā.</t>
+  </si>
+  <si>
+    <t>Brīvības ielas posma (no pilsētas Z robežas līdz dzelzceļa pārbrauktuvei) Stendē pārbūve</t>
+  </si>
+  <si>
+    <t>Stendes pilsēta</t>
+  </si>
+  <si>
+    <t>2029.</t>
+  </si>
+  <si>
+    <t>Veikta Brīvības ielas posma (no pilsētas Z robežas līdz dzelzceļa pārbrauktuvei) Stendē pārbūve 1,2 km garumā, uzņēmējdarbības infrastruktūras attīstībai.</t>
+  </si>
+  <si>
+    <t>Teritorijas labiekārtošana un lietus ūdens novadīšanas sistēmas izbūve Talsu novada pašvaldības iestādē pansionāts “Lauciene”</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Veikta lietus kanalizācijas tīklu pārbūve, teritorijas labiekārtošana un vides pieejamības nodrošināšana visā pansionāta teritorijā. </t>
+  </si>
+  <si>
     <r>
       <t xml:space="preserve">Stratēģiskā atbilstība </t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Ebrima"/>
-        <family val="2"/>
         <charset val="186"/>
       </rPr>
       <t>(sasaiste ar citām Attīstības programmas daļām un ilgtermiņa mērķiem)</t>
     </r>
   </si>
   <si>
-    <t>Finanšu instruments (EUR vai %, nosaukums)</t>
-[...7 lines deleted...]
-  <si>
     <r>
       <t xml:space="preserve">Ilgtermiņa mērķis </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Ebrima"/>
-        <family val="2"/>
         <charset val="186"/>
       </rPr>
       <t>(skat. Ilgspējīgas attīstības stratēģiju)</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Vidēja termiņa prioritāte </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Ebrima"/>
-        <family val="2"/>
         <charset val="186"/>
       </rPr>
       <t>(skat. Attīstības programmas Stratēģisko daļu)</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Rīcības virziens
 </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Ebrima"/>
-        <family val="2"/>
         <charset val="186"/>
       </rPr>
       <t>(skat. Attīstības programmas Stratēģisko daļu)</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Uzdevums
 </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Ebrima"/>
-        <family val="2"/>
         <charset val="186"/>
       </rPr>
       <t>(skat. Attīstības programmas Stratēģisko daļu</t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Ebrima"/>
-        <family val="2"/>
         <charset val="186"/>
       </rPr>
       <t>)</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Rīcība
 </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Ebrima"/>
-        <family val="2"/>
         <charset val="186"/>
       </rPr>
       <t>(skat. Attīstības programmas Rīcības plānu)</t>
     </r>
   </si>
   <si>
-    <t>Īstenošanas teritorija (pilsēta, pagasts, novads)</t>
-[...339 lines deleted...]
-        <family val="2"/>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
         <charset val="186"/>
       </rPr>
       <t>SM1</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <rFont val="Ebrima"/>
-        <family val="2"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve"> Izglītota, aktīva un radoša sabiedrība</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="11"/>
         <rFont val="Ebrima"/>
-        <family val="2"/>
+        <charset val="186"/>
+      </rPr>
+      <t>VTP1</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> Pilsoniski aktīva, iekļaujoša, ģimeniska un izglītota kopiena</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">RV1 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>Kopiena</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>U4.</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> Īstenot atbalsta pasākumus ģimenēm ar bērniem, remigrantiem</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">R4.5. </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>Attīstīt ģimenēm ar bērniem draudzīgu publisko ārtelpu un infrastruktūru</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>RV2</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> Izglītība un prasmes</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>U6.</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> Nodrošināt pieejamu, kvalitatīvu un iekļaujošu pirmsskolas, vispārējo un speciālo izglītību</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">R6.3. </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>Modernizēt esošo izglītības iestāžu infrastruktūru</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
         <charset val="186"/>
       </rPr>
       <t>VTP2</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <rFont val="Ebrima"/>
-        <family val="2"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve"> Radoša, enerģiska un veselīga sabiedrība</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="11"/>
         <rFont val="Ebrima"/>
-        <family val="2"/>
+        <charset val="186"/>
+      </rPr>
+      <t>RV3</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> Kultūrvide</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>U10.</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> Uzlabot kultūras iestāžu infrastruktūru un materiāli tehnisko bāzi </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>R10.2.</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> Attīstīt kultūrvietu infrastruktūru</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
         <charset val="186"/>
       </rPr>
       <t>RV7</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <rFont val="Ebrima"/>
-        <family val="2"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve"> Sociālā aizsardzība un pakalpojumi</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="11"/>
         <rFont val="Ebrima"/>
-        <family val="2"/>
-[...9 lines deleted...]
-        <family val="2"/>
+        <charset val="186"/>
+      </rPr>
+      <t>U18.</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve"> Pilnveidot sociālo palīdzību un sociālo pakalpojumu nodrošinājumu
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="11"/>
         <rFont val="Ebrima"/>
-        <family val="2"/>
-[...22 lines deleted...]
-        <family val="2"/>
+        <charset val="186"/>
+      </rPr>
+      <t>U34.</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> Īstenot energoefektīvus un klimatnoturīgus pasākumus</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
         <charset val="186"/>
       </rPr>
       <t>R18.6.</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <rFont val="Ebrima"/>
-        <family val="2"/>
-[...12 lines deleted...]
-        <family val="2"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> Uzlabot sociālo pakalpojumu pieejamību
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>U34.3.</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> Paaugstināt pašvaldības īpašumu energoefektivitāti</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>SM2</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> Ilgtspējīga un daudzveidīga vide un mobilitāte</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>VTP3</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> Mājoklis, vide un mobilitāte</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">RV12 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>Vide un dabas resursi</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">U30. </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>Attīstīt publisko ūdeņu izmantošanu un apsaimniekošanu</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>R30.6</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>. Pilnveidot publisko peldvietu apsaimniekošanu un infrastruktūru</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">VTP3 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>Mājoklis, vide un mobilitāte</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>RV15</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> Mobilitāte un transporta infrastruktūra</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>U37.</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> Attīstīt gājēju un velosatiksmes infrastruktūru
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">U38. </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">Pilnveidot satiksmes un saistīto infrastruktūru drošības un sasniedzamības uzlabošanai
+</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>R37.3</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">. Izveidot jaunus gājēju un velobraucēju ceļus, pilnveidot esošo infrastruktūru
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>R38.1.</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> Attīstīt novada autoceļu un ielu tīklu</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
         <charset val="186"/>
       </rPr>
       <t>RV5</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <rFont val="Ebrima"/>
-        <family val="2"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve"> Sports un aktīvā atpūta</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="11"/>
         <rFont val="Ebrima"/>
-        <family val="2"/>
-[...940 lines deleted...]
-        <family val="2"/>
+        <charset val="186"/>
+      </rPr>
+      <t>U14.</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> Attīstīt sporta un aktīvās atpūtas pakalpojumus</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>R14.3.</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> Attīstīt aktīvās atpūtas piedāvājumu</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
         <charset val="186"/>
       </rPr>
       <t>RV5</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <rFont val="Ebrima"/>
-        <family val="2"/>
-[...227 lines deleted...]
-        <family val="2"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve"> Sports un aktīvā atpūta
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="11"/>
         <rFont val="Ebrima"/>
-        <family val="2"/>
         <charset val="186"/>
       </rPr>
       <t>RV1</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <rFont val="Ebrima"/>
-        <family val="2"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve"> Kopiena</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="11"/>
         <rFont val="Ebrima"/>
-        <family val="2"/>
         <charset val="186"/>
       </rPr>
       <t>U15.</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <rFont val="Ebrima"/>
-        <family val="2"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve"> Pilnveidot sporta un aktīvās atpūtas infrastruktūru un materiāli tehnisko bāzi
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="11"/>
         <rFont val="Ebrima"/>
-        <family val="2"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">U4.  </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <rFont val="Ebrima"/>
-        <family val="2"/>
         <charset val="186"/>
       </rPr>
       <t>Īstenot atbalsta pasākumus ģimenēm ar bērniem, reemigrantiem</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="11"/>
         <rFont val="Ebrima"/>
-        <family val="2"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">R15.1. </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <rFont val="Ebrima"/>
-        <family val="2"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">Attīstīt novada sporta bāžu un vietu infrastruktūru
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="11"/>
         <rFont val="Ebrima"/>
-        <family val="2"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">R4.5. </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <rFont val="Ebrima"/>
-        <family val="2"/>
         <charset val="186"/>
       </rPr>
       <t>Attīstīt ģimenēm ar bērniem draudzīgu publisko ārtelpu un infrastruktūru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="11"/>
         <rFont val="Ebrima"/>
-        <family val="2"/>
+        <charset val="186"/>
+      </rPr>
+      <t>U18.</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> Pilnveidot sociālo palīdzību un sociālo pakalpojumu nodrošinājumu</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">R18.3. </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <rFont val="Ebrima"/>
-        <family val="2"/>
         <charset val="186"/>
       </rPr>
       <t>Sniegt atbalstu mājokļu
 pielāgošanai iedzīvotājiem ar
 funkcionāliem traucējumiem</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="11"/>
         <rFont val="Ebrima"/>
-        <family val="2"/>
-[...9 lines deleted...]
-        <family val="2"/>
+        <charset val="186"/>
+      </rPr>
+      <t>RV8</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> Drošība un civilā aizsardzība</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>U21.</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> Attīstīt drošības  infrastruktūru un materiāli tehnisko bāzi</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>R21.3.</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> Izveidot vienotu pašvaldības operatīvās informācijas centru</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">RV9 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>Mājokļi</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">U23. </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>Attīstīt pašvaldības dzīvojamo fondu un veicināt jaunu mājokļu būvniecību</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>R23.3.</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> Atjaunot pašvaldības dzīvojamo fondu</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">RV10 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>Publiskā ārtelpa</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>U26</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>. Nodrošināt pilsētvides un ciemu attīstību</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>R26.6.</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> “Attīstīt Talsu  novada mazpilsētu un ciemu teritorijas</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">U26. </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>Nodrošināt pilsētu un ciemu pilsētvides attīstību</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>R26.6.</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> Attīstīt Talsu novada mazpilsētu un ciemu teritorijas</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>RV14</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> Īpašumu un vides pārvaldība</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>U36</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>. Pilnveidot pašvaldības īpašumu pārvaldību</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>R36.4</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>. Uzlabot kapsētu teritoriju apsaimniekošanu un pakalpojumus</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>U36.</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> Pilnveidot pašvaldības īpašumu pārvaldību</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>R36.4.</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> Uzlabot kapsētu teritoriju apsaimniekošanu un pakalpojumus</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>U38.</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> Pilnveidot satiksmes un saistīto infrastruktūru drošības un sasniedzamības uzlabošanai
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>U41.</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> Attīstīt uzņēmējdarbību sekmējošo infrastruktūru un pakalpojumus</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">R38.1. </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">Attīstīt novada autoceļu un ielu tīklu
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>R41.1.</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> Attīstīt uzņēmējdarbībai nozīmīgus autoceļus </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>RV10</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> Publiskā ārtelpa</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>R26.3.</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> Sakārtot Talsu tirgus ēkas un teritoriju </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">U6. </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>Nodrošināt pieejamu, kvalitatīvu un iekļaujošu pirmsskolas, vispārējo un speciālo izglītību</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>R6.4</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>. Attīstīt jaunu izglītības iestāžu infrastruktūru</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>U31.</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> Nodrošināt ilgtspējīgu piekrastes apsaimniekošanu</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>R31.5.</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> Uzlabot pieejamību pie
+pludmalēm</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">U1. </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>Veicināt sabiedrības iesaisti, pašiniciatīvu un lokālpatriotismu</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">R1.5. </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>Ieviest līdzdalības budžetu</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>U10.</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> Uzlabot kultūras iestāžu infrastruktūru un materiāli tehnisko bāzi</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>R10.2.</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> Attīstīt kultūrvietu infrastruktūru </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">R10.2. </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>Attīstīt kultūrvietu infrastruktūru</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>U18</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve"> Pilnveidot sociālo palīdzību un sociālo pakalpojumu nodrošinājumu
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="11"/>
         <rFont val="Ebrima"/>
-        <family val="2"/>
-[...1 lines deleted...]
-      </rPr>
+        <charset val="186"/>
+      </rPr>
+      <t>U19</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> Attīstīt jaunus sociālos pakalpojumus</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>R18.6.</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> Uzlabot sociālo pakalpojumu pieejamību</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>RV4</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> Kultūrvēsturiskais mantojums</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>U12.</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> Saglabāt un attīstīt kultūrvēsturiskā mantojuma infrastruktūru un materiāltehnisko bāzi</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>U22.</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> Pilnveidot civilās aizsardzības pasākumu efektivitāti</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>R22.1.</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> Nodrošināt vienota civilās aizsardzības plāna izstrādi un aktualizēšanu</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>U19.</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> Attīstīt jaunus sociālos pakalpojumus</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>RV13</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> Klimatnoturība un enerģētika </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>U33</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> Modernizēt un attīstīt siltumapgādes sistēmas</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>R33.3.</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> Modernizēt esošos siltumapgādes tīklus un avotus</t>
+    </r>
+  </si>
+  <si>
+    <r>
       <t>U34.</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <rFont val="Ebrima"/>
-        <family val="2"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve"> Īstenot energoefektīvus un klimatnoturīgus pasākumus</t>
     </r>
   </si>
   <si>
     <r>
-      <rPr>
-[...17 lines deleted...]
-      <t xml:space="preserve"> Uzlabot sociālo pakalpojumu pieejamību
+      <t>R34.3.</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> Paaugstināt pašvaldības īpašumu energoefektivitāti</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>U35</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>. Veicināt ilgtspējīgu atkritumu apsaimniekošanu un šķirošanu</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>R35.2.</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> Paplašināt atkritumu šķirošanas iespējas publiskā vidē</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">U38. </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>Pilnveidot satiksmes un saistīto infrastruktūru drošības un sasniedzamības uzlabošanai</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>R38.1.</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> Attīstīt novada autoceļu un ielu tīklu</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">VTP1 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>Pilsoniski aktīva, iekļaujoša, ģimeniska un izglītota kopiena</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">
+VTP2 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>Radoša, enerģiska un veselīga sabiedrība</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>RV2</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> Izglītība un prasmes
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="11"/>
         <rFont val="Ebrima"/>
-        <family val="2"/>
+        <charset val="186"/>
+      </rPr>
+      <t>RV5</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> Sports un aktīvā atpūta</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>U6.</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> Nodrošināt pieejamu, kvalitatīvu un iekļaujošu pirmsskolas, vispārējo un speciālo izglītību
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">U15. </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>Pilnveidot sporta un aktīvās atpūtas infrastruktūru un materiāli tehnisko bāzi</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">R6.3. </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">Modernizēt esošo izglītības iestāžu infrastruktūru
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">R15.2. </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>Modernizēt izglītības iestāžu sporta infrastruktūru un materiāli tehnisko nodrošinājumu</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>U15.</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> Pilnveidot sporta un aktīvās atpūtas infrastruktūru un materiāli tehnisko bāzi</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">R15.1. </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>Attīstīt novada sporta bāžu un vietu infrastruktūru</t>
+    </r>
+  </si>
+  <si>
+    <t>Apstiprināts budžets, uzsākta projektu pieteikumu iesniegšana.</t>
+  </si>
+  <si>
+    <t>Uzsākta projektu īstenošana.</t>
+  </si>
+  <si>
+    <t>Projekts apstirpināts, tiks izmantots EJZAF fonda līdzekļi, uzsākta projektu īstenošana.</t>
+  </si>
+  <si>
+    <t>Pieņemts domes lēmums par projekta neīstenošanu</t>
+  </si>
+  <si>
+    <t>Projekts apstiprināts, tiks izmantots ELFLA fonda līdzekļi, uzsākta projektu īstenošana.</t>
+  </si>
+  <si>
+    <t>Izstrādās būvniecības ieceres dokumentāciju.</t>
+  </si>
+  <si>
+    <t>Projekts apstiprināts LAD, tiks izmantots EFZAJ fonds, uzsākta projektu īstenošana.</t>
+  </si>
+  <si>
+    <t>Biedrība "Talsu partnerība" projektu noraidījusi finansējuma trūkuma dēļ.</t>
+  </si>
+  <si>
+    <t>Projekts apstirpināts LAD, tiks izmantots ELFLA finansējums. Uzsākta projektu īstenošana.</t>
+  </si>
+  <si>
+    <t>Izsludināts iepirkums jumta projektēšanai un nomaiņai.
+Fasāde pagaidām netiek projektēta, jo tiek veikta AMI visā teritorijā, pēc AMI pabeigšanas tiks uzsākts projektēšanas uzdevuma sagatvošanas darbs.</t>
+  </si>
+  <si>
+    <t>Projekts apstiprināts CFLA, uzsākta projektu īstenošana.</t>
+  </si>
+  <si>
+    <t>Projekts apstiprināts LAD, ELFLA pasākumā.</t>
+  </si>
+  <si>
+    <t>Projekts iesniegts uz ārējo CFLA finansējumu SAM 5.1.1.9. pasākumā.</t>
+  </si>
+  <si>
+    <t>Projekts appstiprināts CFLA.</t>
+  </si>
+  <si>
+    <t>Projekts iesniegts uz ārējo CFLA finansējumu SAM 4.3.2. programmā.</t>
+  </si>
+  <si>
+    <t>Izstrādās būvniecības ieceres dokumentāciju, plānots 2026.gadā startēt uz CFLA finansējumu.</t>
+  </si>
+  <si>
+    <t>Izstrādās būvniecības ieceres dokumentāciju, plānots 2026.gadā startēt uz aizdevumu.</t>
+  </si>
+  <si>
+    <t>Talsu sporta nama energoefektivitātes pasākumu īstenošana</t>
+  </si>
+  <si>
+    <t>Veikti energoefektivitātes pasākumi.</t>
+  </si>
+  <si>
+    <t>Notiek projektēšanas uzdevumu izstrāde, plānots startēt CFLA pasākumā.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Ģibuļu apvienība, Laucienes apvienība, Rojas apvienība, Sabiles un Stendes apvienība, Valdemārpils apvienība, Talsu pilsēta, Dundagas pagasts </t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>1</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>R12.5.</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> “Nodrošināt vēsturiski nozīmīgu vietu saglabāšanu un attīstību</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>R19.6.</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> Ieviest jaunus sabiedrībā balstītus
+sociālos pakalpojumus</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t>U34.</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> Īstenot energoefektīvus un klimatnoturīgus pasākumus</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Ebrima"/>
         <charset val="186"/>
       </rPr>
       <t>U34.3.</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <rFont val="Ebrima"/>
-        <family val="2"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve"> Paaugstināt pašvaldības īpašumu energoefektivitāti</t>
     </r>
   </si>
   <si>
-    <r>
-[...409 lines deleted...]
-      <t xml:space="preserve"> Attīstīt gājēju un velosatiksmes infrastruktūru
+    <t xml:space="preserve">350469
 </t>
-    </r>
-[...452 lines deleted...]
-    <t>_.__________</t>
   </si>
   <si>
     <t xml:space="preserve">Apstiprināts ar Talsu novada pašvaldības domes 2025. gada 29. maija lēmumu Nr.112 “Par Talsu novada Attīstības programmas 2022. – 2028. gadam Investīciju plānu 2025. – 2027. gadam”
+ar grozījumiem: 
+Talsu novada domes 2025. gada 30. oktobra lēmums Nr.101 "Par Talsu novada Attīstības programmas 2022. – 2028. gadam Investīciju plāna 2025. – 2027. gadam grozījumiem"
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="0.0"/>
   </numFmts>
-  <fonts count="16" x14ac:knownFonts="1">
+  <fonts count="19" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Ebrima"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Ebrima"/>
-[...21 lines deleted...]
-      <sz val="11"/>
       <name val="Ebrima"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <color theme="1"/>
       <name val="Ebrima"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="20"/>
       <color theme="1"/>
       <name val="Ebrima"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Ebrima"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
-      <i/>
-[...13 lines deleted...]
-    <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
-    </font>
-[...6 lines deleted...]
-      <charset val="186"/>
     </font>
     <font>
       <sz val="16"/>
       <color theme="1"/>
       <name val="Ebrima"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="16"/>
       <color theme="1"/>
       <name val="Ebrima"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Ebrima"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="Ebrima"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Ebrima"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <b/>
+      <i/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Ebrima"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Ebrima"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="11"/>
+      <name val="Ebrima"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <b/>
+      <i/>
+      <sz val="11"/>
+      <name val="Ebrima"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="Ebrima"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <vertAlign val="superscript"/>
+      <sz val="11"/>
+      <name val="Ebrima"/>
+      <charset val="186"/>
+    </font>
   </fonts>
-  <fills count="13">
+  <fills count="12">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFE7E6E6"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9"/>
-        <bgColor indexed="64"/>
-[...4 lines deleted...]
-        <fgColor theme="4" tint="0.59974974822229687"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDDC579"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFEFEE7"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFBBF7DF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC9B0DE"/>
         <bgColor indexed="64"/>
@@ -3232,287 +3124,258 @@
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="43" fontId="11" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="68">
+  <cellXfs count="59">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...31 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...13 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="1" fontId="10" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="1" fontId="10" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="5" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="11" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="11" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="1" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="1" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="2" fontId="5" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="11" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="2" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="11" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="11" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="10" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="11" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="8" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="9" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="11" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="10" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="1" fontId="11" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="2" fontId="11" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="7" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="10" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="2" fontId="11" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="10" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="10" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="17" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1"/>
+    <xf numFmtId="1" fontId="11" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="1" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="9" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...61 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Komats 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="Parasts" xfId="0" builtinId="0"/>
     <cellStyle name="Parasts 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="Parasts 3" xfId="2" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>186274</xdr:colOff>
-      <xdr:row>46</xdr:row>
+      <xdr:row>51</xdr:row>
       <xdr:rowOff>84668</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
-      <xdr:colOff>549495</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>133350</xdr:rowOff>
+      <xdr:colOff>541875</xdr:colOff>
+      <xdr:row>87</xdr:row>
+      <xdr:rowOff>137160</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Attēls 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{253865A5-42BE-4D91-9DBF-E3FD38356B64}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:srcRect l="5888" t="9510" r="4521" b="7746"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="190500" y="37061775"/>
           <a:ext cx="5734050" cy="7791450"/>
@@ -3819,2230 +3682,2426 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:P84"/>
+  <dimension ref="A2:P89"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="D7" sqref="D7"/>
+    <sheetView tabSelected="1" zoomScale="48" zoomScaleNormal="48" workbookViewId="0">
+      <selection activeCell="A3" sqref="A3:P3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="16.8" x14ac:dyDescent="0.4"/>
   <cols>
-    <col min="1" max="1" width="5.33203125" style="17" customWidth="1"/>
-[...15 lines deleted...]
-    <col min="17" max="16384" width="8.88671875" style="12"/>
+    <col min="1" max="1" width="5.33203125" style="3" customWidth="1"/>
+    <col min="2" max="2" width="54.44140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="21" style="1" customWidth="1"/>
+    <col min="4" max="4" width="23.88671875" style="1" customWidth="1"/>
+    <col min="5" max="5" width="22.33203125" style="1" customWidth="1"/>
+    <col min="6" max="6" width="30.109375" style="1" customWidth="1"/>
+    <col min="7" max="7" width="36.44140625" style="4" customWidth="1"/>
+    <col min="8" max="8" width="26.6640625" style="1" customWidth="1"/>
+    <col min="9" max="9" width="21.33203125" style="1" customWidth="1"/>
+    <col min="10" max="10" width="20" style="1" customWidth="1"/>
+    <col min="11" max="11" width="16.6640625" style="1" customWidth="1"/>
+    <col min="12" max="12" width="57.6640625" style="1" customWidth="1"/>
+    <col min="13" max="13" width="13.33203125" style="1" customWidth="1"/>
+    <col min="14" max="14" width="14.6640625" style="1" customWidth="1"/>
+    <col min="15" max="15" width="31.6640625" style="1" customWidth="1"/>
+    <col min="16" max="16" width="34.44140625" style="1" customWidth="1"/>
+    <col min="17" max="16384" width="8.88671875" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" s="26" customFormat="1" ht="29.4" customHeight="1" x14ac:dyDescent="0.65">
-[...17 lines deleted...]
-      <c r="P1" s="8"/>
+    <row r="2" spans="1:16" s="5" customFormat="1" ht="29.4" customHeight="1" x14ac:dyDescent="0.65">
+      <c r="A2" s="51" t="s">
+        <v>86</v>
+      </c>
+      <c r="B2" s="51"/>
+      <c r="C2" s="51"/>
+      <c r="D2" s="51"/>
+      <c r="E2" s="51"/>
+      <c r="F2" s="51"/>
+      <c r="G2" s="51"/>
+      <c r="H2" s="51"/>
+      <c r="I2" s="51"/>
+      <c r="J2" s="51"/>
+      <c r="K2" s="51"/>
+      <c r="L2" s="51"/>
+      <c r="M2" s="51"/>
+      <c r="N2" s="51"/>
+      <c r="O2" s="51"/>
+      <c r="P2" s="51"/>
     </row>
-    <row r="2" spans="1:16" ht="37.799999999999997" customHeight="1" x14ac:dyDescent="0.4">
-[...17 lines deleted...]
-      <c r="P2" s="6"/>
+    <row r="3" spans="1:16" ht="76.2" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A3" s="52" t="s">
+        <v>278</v>
+      </c>
+      <c r="B3" s="52"/>
+      <c r="C3" s="52"/>
+      <c r="D3" s="52"/>
+      <c r="E3" s="52"/>
+      <c r="F3" s="52"/>
+      <c r="G3" s="52"/>
+      <c r="H3" s="52"/>
+      <c r="I3" s="52"/>
+      <c r="J3" s="52"/>
+      <c r="K3" s="52"/>
+      <c r="L3" s="52"/>
+      <c r="M3" s="52"/>
+      <c r="N3" s="52"/>
+      <c r="O3" s="52"/>
+      <c r="P3" s="53"/>
     </row>
-    <row r="3" spans="1:16" ht="39.6" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A3" s="2" t="s">
+    <row r="4" spans="1:16" ht="39.6" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A4" s="57" t="s">
         <v>0</v>
       </c>
-      <c r="B3" s="1" t="s">
+      <c r="B4" s="58" t="s">
         <v>1</v>
       </c>
-      <c r="C3" s="5" t="s">
+      <c r="C4" s="54" t="s">
+        <v>163</v>
+      </c>
+      <c r="D4" s="54"/>
+      <c r="E4" s="54"/>
+      <c r="F4" s="54"/>
+      <c r="G4" s="54"/>
+      <c r="H4" s="55" t="s">
+        <v>5</v>
+      </c>
+      <c r="I4" s="55" t="s">
+        <v>6</v>
+      </c>
+      <c r="J4" s="54" t="s">
         <v>2</v>
       </c>
-      <c r="D3" s="5"/>
-[...3 lines deleted...]
-      <c r="H3" s="4" t="s">
+      <c r="K4" s="54"/>
+      <c r="L4" s="55" t="s">
+        <v>9</v>
+      </c>
+      <c r="M4" s="54" t="s">
+        <v>3</v>
+      </c>
+      <c r="N4" s="54"/>
+      <c r="O4" s="54" t="s">
+        <v>4</v>
+      </c>
+      <c r="P4" s="54" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16" s="2" customFormat="1" ht="75" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A5" s="57"/>
+      <c r="B5" s="58"/>
+      <c r="C5" s="16" t="s">
+        <v>164</v>
+      </c>
+      <c r="D5" s="17" t="s">
+        <v>165</v>
+      </c>
+      <c r="E5" s="17" t="s">
+        <v>166</v>
+      </c>
+      <c r="F5" s="17" t="s">
+        <v>167</v>
+      </c>
+      <c r="G5" s="17" t="s">
+        <v>168</v>
+      </c>
+      <c r="H5" s="56"/>
+      <c r="I5" s="56"/>
+      <c r="J5" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="K5" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="L5" s="56"/>
+      <c r="M5" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="N5" s="15" t="s">
         <v>11</v>
       </c>
-      <c r="I3" s="4" t="s">
+      <c r="O5" s="54"/>
+      <c r="P5" s="54"/>
+    </row>
+    <row r="6" spans="1:16" ht="50.4" x14ac:dyDescent="0.4">
+      <c r="A6" s="18">
+        <v>1</v>
+      </c>
+      <c r="B6" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="C6" s="19" t="s">
+        <v>169</v>
+      </c>
+      <c r="D6" s="20" t="s">
+        <v>170</v>
+      </c>
+      <c r="E6" s="21" t="s">
+        <v>171</v>
+      </c>
+      <c r="F6" s="21" t="s">
+        <v>172</v>
+      </c>
+      <c r="G6" s="21" t="s">
+        <v>173</v>
+      </c>
+      <c r="H6" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="I6" s="10">
+        <v>595000</v>
+      </c>
+      <c r="J6" s="10">
+        <v>595000</v>
+      </c>
+      <c r="K6" s="10"/>
+      <c r="L6" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="M6" s="12" t="s">
+        <v>17</v>
+      </c>
+      <c r="N6" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" s="13" t="s">
+        <v>55</v>
+      </c>
+      <c r="P6" s="13" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16" ht="67.2" x14ac:dyDescent="0.4">
+      <c r="A7" s="18">
+        <v>2</v>
+      </c>
+      <c r="B7" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="C7" s="19" t="s">
+        <v>169</v>
+      </c>
+      <c r="D7" s="20" t="s">
+        <v>170</v>
+      </c>
+      <c r="E7" s="21" t="s">
+        <v>174</v>
+      </c>
+      <c r="F7" s="21" t="s">
+        <v>175</v>
+      </c>
+      <c r="G7" s="21" t="s">
+        <v>176</v>
+      </c>
+      <c r="H7" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="I7" s="10">
+        <v>550000</v>
+      </c>
+      <c r="J7" s="10">
+        <v>550000</v>
+      </c>
+      <c r="K7" s="10"/>
+      <c r="L7" s="11" t="s">
+        <v>49</v>
+      </c>
+      <c r="M7" s="12" t="s">
+        <v>17</v>
+      </c>
+      <c r="N7" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="P7" s="13" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16" ht="84.6" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A8" s="18">
+        <v>3</v>
+      </c>
+      <c r="B8" s="13" t="s">
+        <v>30</v>
+      </c>
+      <c r="C8" s="19" t="s">
+        <v>169</v>
+      </c>
+      <c r="D8" s="22" t="s">
+        <v>177</v>
+      </c>
+      <c r="E8" s="21" t="s">
+        <v>178</v>
+      </c>
+      <c r="F8" s="21" t="s">
+        <v>179</v>
+      </c>
+      <c r="G8" s="21" t="s">
+        <v>180</v>
+      </c>
+      <c r="H8" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="I8" s="10">
+        <v>949368</v>
+      </c>
+      <c r="J8" s="10">
+        <v>949368</v>
+      </c>
+      <c r="K8" s="10"/>
+      <c r="L8" s="11" t="s">
+        <v>144</v>
+      </c>
+      <c r="M8" s="12" t="s">
+        <v>17</v>
+      </c>
+      <c r="N8" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="O8" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="P8" s="14" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16" ht="63.6" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A9" s="18">
+        <v>4</v>
+      </c>
+      <c r="B9" s="13" t="s">
+        <v>31</v>
+      </c>
+      <c r="C9" s="19" t="s">
+        <v>169</v>
+      </c>
+      <c r="D9" s="22" t="s">
+        <v>177</v>
+      </c>
+      <c r="E9" s="21" t="s">
+        <v>178</v>
+      </c>
+      <c r="F9" s="21" t="s">
+        <v>179</v>
+      </c>
+      <c r="G9" s="21" t="s">
+        <v>180</v>
+      </c>
+      <c r="H9" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="I9" s="10">
+        <v>32000</v>
+      </c>
+      <c r="J9" s="10">
+        <v>32000</v>
+      </c>
+      <c r="K9" s="10"/>
+      <c r="L9" s="11" t="s">
+        <v>32</v>
+      </c>
+      <c r="M9" s="12" t="s">
+        <v>17</v>
+      </c>
+      <c r="N9" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="O9" s="13" t="s">
+        <v>120</v>
+      </c>
+      <c r="P9" s="27" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16" ht="86.4" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A10" s="18">
+        <v>5</v>
+      </c>
+      <c r="B10" s="13" t="s">
+        <v>89</v>
+      </c>
+      <c r="C10" s="19" t="s">
+        <v>169</v>
+      </c>
+      <c r="D10" s="22" t="s">
+        <v>177</v>
+      </c>
+      <c r="E10" s="21" t="s">
+        <v>181</v>
+      </c>
+      <c r="F10" s="21" t="s">
+        <v>182</v>
+      </c>
+      <c r="G10" s="21" t="s">
+        <v>183</v>
+      </c>
+      <c r="H10" s="13" t="s">
         <v>12</v>
       </c>
-      <c r="J3" s="5" t="s">
-[...3 lines deleted...]
-      <c r="L3" s="4" t="s">
+      <c r="I10" s="10">
+        <v>1523858</v>
+      </c>
+      <c r="J10" s="10">
+        <v>363911</v>
+      </c>
+      <c r="K10" s="10">
+        <v>1160947</v>
+      </c>
+      <c r="L10" s="23" t="s">
+        <v>52</v>
+      </c>
+      <c r="M10" s="12" t="s">
+        <v>17</v>
+      </c>
+      <c r="N10" s="13" t="s">
+        <v>21</v>
+      </c>
+      <c r="O10" s="13" t="s">
+        <v>64</v>
+      </c>
+      <c r="P10" s="14" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16" ht="67.2" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A11" s="18">
+        <v>6</v>
+      </c>
+      <c r="B11" s="13" t="s">
+        <v>90</v>
+      </c>
+      <c r="C11" s="24" t="s">
+        <v>184</v>
+      </c>
+      <c r="D11" s="25" t="s">
+        <v>185</v>
+      </c>
+      <c r="E11" s="21" t="s">
+        <v>186</v>
+      </c>
+      <c r="F11" s="21" t="s">
+        <v>187</v>
+      </c>
+      <c r="G11" s="21" t="s">
+        <v>188</v>
+      </c>
+      <c r="H11" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="I11" s="26">
+        <v>1271952</v>
+      </c>
+      <c r="J11" s="26">
+        <v>471952</v>
+      </c>
+      <c r="K11" s="26">
+        <v>800000</v>
+      </c>
+      <c r="L11" s="27" t="s">
+        <v>39</v>
+      </c>
+      <c r="M11" s="28" t="s">
+        <v>17</v>
+      </c>
+      <c r="N11" s="27" t="s">
+        <v>14</v>
+      </c>
+      <c r="O11" s="27" t="s">
+        <v>60</v>
+      </c>
+      <c r="P11" s="14" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16" ht="90" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A12" s="18">
+        <v>7</v>
+      </c>
+      <c r="B12" s="13" t="s">
+        <v>69</v>
+      </c>
+      <c r="C12" s="24" t="s">
+        <v>184</v>
+      </c>
+      <c r="D12" s="25" t="s">
+        <v>189</v>
+      </c>
+      <c r="E12" s="21" t="s">
+        <v>190</v>
+      </c>
+      <c r="F12" s="21" t="s">
+        <v>191</v>
+      </c>
+      <c r="G12" s="21" t="s">
+        <v>192</v>
+      </c>
+      <c r="H12" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="I12" s="10">
+        <v>2246566</v>
+      </c>
+      <c r="J12" s="10">
+        <v>2246566</v>
+      </c>
+      <c r="K12" s="10"/>
+      <c r="L12" s="11" t="s">
+        <v>50</v>
+      </c>
+      <c r="M12" s="12" t="s">
+        <v>17</v>
+      </c>
+      <c r="N12" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="O12" s="13" t="s">
+        <v>60</v>
+      </c>
+      <c r="P12" s="14" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16" ht="67.8" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A13" s="18">
+        <v>8</v>
+      </c>
+      <c r="B13" s="13" t="s">
+        <v>46</v>
+      </c>
+      <c r="C13" s="19" t="s">
+        <v>169</v>
+      </c>
+      <c r="D13" s="22" t="s">
+        <v>177</v>
+      </c>
+      <c r="E13" s="21" t="s">
+        <v>178</v>
+      </c>
+      <c r="F13" s="21" t="s">
+        <v>179</v>
+      </c>
+      <c r="G13" s="21" t="s">
+        <v>180</v>
+      </c>
+      <c r="H13" s="13" t="s">
         <v>15</v>
       </c>
-      <c r="M3" s="5" t="s">
-[...6 lines deleted...]
-      <c r="P3" s="5" t="s">
+      <c r="I13" s="29" t="s">
+        <v>154</v>
+      </c>
+      <c r="J13" s="29">
+        <v>17463.599999999999</v>
+      </c>
+      <c r="K13" s="29">
+        <v>157172.70000000001</v>
+      </c>
+      <c r="L13" s="11" t="s">
+        <v>45</v>
+      </c>
+      <c r="M13" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="N13" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="O13" s="13" t="s">
+        <v>58</v>
+      </c>
+      <c r="P13" s="27" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16" ht="57" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A14" s="18">
+        <v>9</v>
+      </c>
+      <c r="B14" s="13" t="s">
+        <v>33</v>
+      </c>
+      <c r="C14" s="19" t="s">
+        <v>169</v>
+      </c>
+      <c r="D14" s="22" t="s">
+        <v>177</v>
+      </c>
+      <c r="E14" s="21" t="s">
+        <v>193</v>
+      </c>
+      <c r="F14" s="21" t="s">
+        <v>194</v>
+      </c>
+      <c r="G14" s="21" t="s">
+        <v>195</v>
+      </c>
+      <c r="H14" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="I14" s="10">
+        <v>80000</v>
+      </c>
+      <c r="J14" s="10">
+        <v>10000</v>
+      </c>
+      <c r="K14" s="10">
+        <v>70000</v>
+      </c>
+      <c r="L14" s="11" t="s">
+        <v>70</v>
+      </c>
+      <c r="M14" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="N14" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="O14" s="13" t="s">
         <v>60</v>
       </c>
+      <c r="P14" s="14" t="s">
+        <v>255</v>
+      </c>
     </row>
-    <row r="4" spans="1:16" s="14" customFormat="1" ht="84" customHeight="1" x14ac:dyDescent="0.4">
-[...14 lines deleted...]
-      <c r="G4" s="13" t="s">
+    <row r="15" spans="1:16" ht="100.8" x14ac:dyDescent="0.4">
+      <c r="A15" s="18">
         <v>10</v>
       </c>
-      <c r="H4" s="3"/>
-[...1 lines deleted...]
-      <c r="J4" s="11" t="s">
+      <c r="B15" s="13" t="s">
+        <v>47</v>
+      </c>
+      <c r="C15" s="19" t="s">
+        <v>169</v>
+      </c>
+      <c r="D15" s="22" t="s">
+        <v>177</v>
+      </c>
+      <c r="E15" s="21" t="s">
+        <v>196</v>
+      </c>
+      <c r="F15" s="21" t="s">
+        <v>197</v>
+      </c>
+      <c r="G15" s="21" t="s">
+        <v>198</v>
+      </c>
+      <c r="H15" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="I15" s="10">
+        <v>136477</v>
+      </c>
+      <c r="J15" s="10">
+        <v>66481</v>
+      </c>
+      <c r="K15" s="10">
+        <v>69996</v>
+      </c>
+      <c r="L15" s="11" t="s">
+        <v>36</v>
+      </c>
+      <c r="M15" s="13" t="s">
         <v>13</v>
       </c>
-      <c r="K4" s="11" t="s">
+      <c r="N15" s="13" t="s">
         <v>14</v>
       </c>
-      <c r="L4" s="3"/>
-[...546 lines deleted...]
-        <v>103</v>
+      <c r="O15" s="13" t="s">
+        <v>121</v>
+      </c>
+      <c r="P15" s="27" t="s">
+        <v>256</v>
       </c>
     </row>
     <row r="16" spans="1:16" ht="50.4" x14ac:dyDescent="0.4">
-      <c r="A16" s="24">
+      <c r="A16" s="18">
+        <v>11</v>
+      </c>
+      <c r="B16" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="C16" s="19" t="s">
+        <v>169</v>
+      </c>
+      <c r="D16" s="22" t="s">
+        <v>177</v>
+      </c>
+      <c r="E16" s="21" t="s">
+        <v>181</v>
+      </c>
+      <c r="F16" s="21" t="s">
+        <v>199</v>
+      </c>
+      <c r="G16" s="21" t="s">
+        <v>200</v>
+      </c>
+      <c r="H16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="I16" s="10">
+        <v>66243</v>
+      </c>
+      <c r="J16" s="10"/>
+      <c r="K16" s="10">
+        <v>66243</v>
+      </c>
+      <c r="L16" s="11" t="s">
+        <v>53</v>
+      </c>
+      <c r="M16" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="N16" s="12" t="s">
+        <v>21</v>
+      </c>
+      <c r="O16" s="13" t="s">
+        <v>63</v>
+      </c>
+      <c r="P16" s="14" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16" ht="50.4" x14ac:dyDescent="0.4">
+      <c r="A17" s="18">
         <v>12</v>
       </c>
-      <c r="B16" s="15" t="s">
-[...8 lines deleted...]
-      <c r="E16" s="36" t="s">
+      <c r="B17" s="13" t="s">
+        <v>67</v>
+      </c>
+      <c r="C17" s="19" t="s">
+        <v>169</v>
+      </c>
+      <c r="D17" s="22" t="s">
+        <v>177</v>
+      </c>
+      <c r="E17" s="21" t="s">
+        <v>201</v>
+      </c>
+      <c r="F17" s="21" t="s">
+        <v>202</v>
+      </c>
+      <c r="G17" s="21" t="s">
+        <v>203</v>
+      </c>
+      <c r="H17" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="I17" s="10">
+        <v>2004263</v>
+      </c>
+      <c r="J17" s="10">
+        <v>2004263</v>
+      </c>
+      <c r="K17" s="10"/>
+      <c r="L17" s="11" t="s">
+        <v>68</v>
+      </c>
+      <c r="M17" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="N17" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="O17" s="13" t="s">
+        <v>65</v>
+      </c>
+      <c r="P17" s="14" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16" ht="84" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A18" s="18">
+        <v>13</v>
+      </c>
+      <c r="B18" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="C18" s="24" t="s">
+        <v>184</v>
+      </c>
+      <c r="D18" s="25" t="s">
+        <v>185</v>
+      </c>
+      <c r="E18" s="21" t="s">
+        <v>204</v>
+      </c>
+      <c r="F18" s="21" t="s">
         <v>205</v>
       </c>
-      <c r="F16" s="36" t="s">
+      <c r="G18" s="21" t="s">
         <v>206</v>
       </c>
-      <c r="G16" s="36" t="s">
+      <c r="H18" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="I18" s="10">
+        <v>513293</v>
+      </c>
+      <c r="J18" s="10">
+        <v>126543</v>
+      </c>
+      <c r="K18" s="10">
+        <v>386750</v>
+      </c>
+      <c r="L18" s="11" t="s">
+        <v>43</v>
+      </c>
+      <c r="M18" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="N18" s="12" t="s">
+        <v>21</v>
+      </c>
+      <c r="O18" s="13" t="s">
+        <v>130</v>
+      </c>
+      <c r="P18" s="14" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16" ht="52.8" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A19" s="18">
+        <v>14</v>
+      </c>
+      <c r="B19" s="13" t="s">
+        <v>74</v>
+      </c>
+      <c r="C19" s="24" t="s">
+        <v>184</v>
+      </c>
+      <c r="D19" s="25" t="s">
+        <v>189</v>
+      </c>
+      <c r="E19" s="21" t="s">
         <v>207</v>
       </c>
-      <c r="H16" s="15" t="s">
-[...22 lines deleted...]
-        <v>106</v>
+      <c r="F19" s="21" t="s">
+        <v>208</v>
+      </c>
+      <c r="G19" s="21" t="s">
+        <v>209</v>
+      </c>
+      <c r="H19" s="27" t="s">
+        <v>23</v>
+      </c>
+      <c r="I19" s="26">
+        <v>109403</v>
+      </c>
+      <c r="J19" s="31">
+        <v>10940.3</v>
+      </c>
+      <c r="K19" s="29">
+        <v>98462.7</v>
+      </c>
+      <c r="L19" s="11" t="s">
+        <v>76</v>
+      </c>
+      <c r="M19" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="N19" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="O19" s="13" t="s">
+        <v>77</v>
+      </c>
+      <c r="P19" s="27" t="s">
+        <v>254</v>
       </c>
     </row>
-    <row r="17" spans="1:16" ht="71.400000000000006" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A17" s="24">
+    <row r="20" spans="1:16" ht="54.6" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A20" s="18">
+        <v>15</v>
+      </c>
+      <c r="B20" s="13" t="s">
+        <v>79</v>
+      </c>
+      <c r="C20" s="24" t="s">
+        <v>184</v>
+      </c>
+      <c r="D20" s="25" t="s">
+        <v>189</v>
+      </c>
+      <c r="E20" s="21" t="s">
+        <v>207</v>
+      </c>
+      <c r="F20" s="21" t="s">
+        <v>210</v>
+      </c>
+      <c r="G20" s="21" t="s">
+        <v>211</v>
+      </c>
+      <c r="H20" s="13" t="s">
+        <v>37</v>
+      </c>
+      <c r="I20" s="10">
+        <v>233618</v>
+      </c>
+      <c r="J20" s="10">
+        <v>29385</v>
+      </c>
+      <c r="K20" s="10">
+        <v>204233</v>
+      </c>
+      <c r="L20" s="11" t="s">
+        <v>80</v>
+      </c>
+      <c r="M20" s="13" t="s">
         <v>13</v>
       </c>
-      <c r="B17" s="15" t="s">
-[...46 lines deleted...]
-      <c r="A18" s="24">
+      <c r="N20" s="13" t="s">
         <v>14</v>
       </c>
-      <c r="B18" s="15" t="s">
-[...140 lines deleted...]
-        <v>105</v>
+      <c r="O20" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="P20" s="27" t="s">
+        <v>254</v>
       </c>
     </row>
     <row r="21" spans="1:16" ht="50.4" x14ac:dyDescent="0.4">
-      <c r="A21" s="24">
+      <c r="A21" s="18">
+        <v>16</v>
+      </c>
+      <c r="B21" s="13" t="s">
+        <v>48</v>
+      </c>
+      <c r="C21" s="24" t="s">
+        <v>184</v>
+      </c>
+      <c r="D21" s="25" t="s">
+        <v>189</v>
+      </c>
+      <c r="E21" s="21" t="s">
+        <v>212</v>
+      </c>
+      <c r="F21" s="21" t="s">
+        <v>213</v>
+      </c>
+      <c r="G21" s="21" t="s">
+        <v>214</v>
+      </c>
+      <c r="H21" s="13" t="s">
+        <v>23</v>
+      </c>
+      <c r="I21" s="10">
+        <v>150000</v>
+      </c>
+      <c r="J21" s="10">
+        <v>150000</v>
+      </c>
+      <c r="K21" s="10"/>
+      <c r="L21" s="11" t="s">
+        <v>41</v>
+      </c>
+      <c r="M21" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="N21" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="O21" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="P21" s="13" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16" ht="67.2" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A22" s="18">
         <v>17</v>
       </c>
-      <c r="B21" s="30" t="s">
+      <c r="B22" s="27" t="s">
+        <v>99</v>
+      </c>
+      <c r="C22" s="24" t="s">
+        <v>184</v>
+      </c>
+      <c r="D22" s="25" t="s">
+        <v>189</v>
+      </c>
+      <c r="E22" s="21" t="s">
+        <v>212</v>
+      </c>
+      <c r="F22" s="21" t="s">
+        <v>215</v>
+      </c>
+      <c r="G22" s="21" t="s">
+        <v>216</v>
+      </c>
+      <c r="H22" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="I22" s="26">
+        <v>150000</v>
+      </c>
+      <c r="J22" s="9">
+        <v>150000</v>
+      </c>
+      <c r="K22" s="9"/>
+      <c r="L22" s="27" t="s">
+        <v>115</v>
+      </c>
+      <c r="M22" s="27" t="s">
+        <v>13</v>
+      </c>
+      <c r="N22" s="27" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" s="13" t="s">
+        <v>119</v>
+      </c>
+      <c r="P22" s="27" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16" ht="132" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A23" s="18">
+        <v>18</v>
+      </c>
+      <c r="B23" s="13" t="s">
+        <v>93</v>
+      </c>
+      <c r="C23" s="24" t="s">
+        <v>184</v>
+      </c>
+      <c r="D23" s="25" t="s">
+        <v>189</v>
+      </c>
+      <c r="E23" s="21" t="s">
+        <v>190</v>
+      </c>
+      <c r="F23" s="21" t="s">
+        <v>217</v>
+      </c>
+      <c r="G23" s="21" t="s">
+        <v>218</v>
+      </c>
+      <c r="H23" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="I23" s="10">
+        <v>268992</v>
+      </c>
+      <c r="J23" s="10">
+        <v>64030</v>
+      </c>
+      <c r="K23" s="10">
+        <v>204962</v>
+      </c>
+      <c r="L23" s="11" t="s">
+        <v>66</v>
+      </c>
+      <c r="M23" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="N23" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="O23" s="13" t="s">
+        <v>60</v>
+      </c>
+      <c r="P23" s="14" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16" ht="55.8" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A24" s="18">
+        <v>19</v>
+      </c>
+      <c r="B24" s="13" t="s">
+        <v>140</v>
+      </c>
+      <c r="C24" s="24" t="s">
+        <v>184</v>
+      </c>
+      <c r="D24" s="25" t="s">
+        <v>185</v>
+      </c>
+      <c r="E24" s="21" t="s">
+        <v>219</v>
+      </c>
+      <c r="F24" s="21" t="s">
+        <v>210</v>
+      </c>
+      <c r="G24" s="21" t="s">
+        <v>220</v>
+      </c>
+      <c r="H24" s="27" t="s">
+        <v>16</v>
+      </c>
+      <c r="I24" s="10">
+        <v>1200000</v>
+      </c>
+      <c r="J24" s="10">
+        <v>1200000</v>
+      </c>
+      <c r="K24" s="10"/>
+      <c r="L24" s="11" t="s">
+        <v>141</v>
+      </c>
+      <c r="M24" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="N24" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" s="13" t="s">
+        <v>55</v>
+      </c>
+      <c r="P24" s="14" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16" ht="69.599999999999994" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A25" s="18">
+        <v>20</v>
+      </c>
+      <c r="B25" s="13" t="s">
+        <v>137</v>
+      </c>
+      <c r="C25" s="19" t="s">
+        <v>169</v>
+      </c>
+      <c r="D25" s="20" t="s">
+        <v>170</v>
+      </c>
+      <c r="E25" s="21" t="s">
+        <v>174</v>
+      </c>
+      <c r="F25" s="21" t="s">
+        <v>221</v>
+      </c>
+      <c r="G25" s="21" t="s">
+        <v>222</v>
+      </c>
+      <c r="H25" s="13" t="s">
+        <v>25</v>
+      </c>
+      <c r="I25" s="10">
+        <v>2960997</v>
+      </c>
+      <c r="J25" s="10">
+        <v>2960997</v>
+      </c>
+      <c r="K25" s="10"/>
+      <c r="L25" s="11" t="s">
+        <v>138</v>
+      </c>
+      <c r="M25" s="12" t="s">
+        <v>21</v>
+      </c>
+      <c r="N25" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" s="13" t="s">
+        <v>139</v>
+      </c>
+      <c r="P25" s="27" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16" ht="70.2" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A26" s="18">
+        <v>21</v>
+      </c>
+      <c r="B26" s="27" t="s">
+        <v>142</v>
+      </c>
+      <c r="C26" s="24" t="s">
+        <v>184</v>
+      </c>
+      <c r="D26" s="25" t="s">
+        <v>185</v>
+      </c>
+      <c r="E26" s="21" t="s">
+        <v>186</v>
+      </c>
+      <c r="F26" s="21" t="s">
+        <v>223</v>
+      </c>
+      <c r="G26" s="21" t="s">
+        <v>224</v>
+      </c>
+      <c r="H26" s="13" t="s">
+        <v>37</v>
+      </c>
+      <c r="I26" s="37">
+        <v>200000</v>
+      </c>
+      <c r="J26" s="10">
+        <v>20000</v>
+      </c>
+      <c r="K26" s="10">
+        <v>180000</v>
+      </c>
+      <c r="L26" s="23" t="s">
+        <v>143</v>
+      </c>
+      <c r="M26" s="12">
+        <v>2025</v>
+      </c>
+      <c r="N26" s="12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" s="13" t="s">
+        <v>117</v>
+      </c>
+      <c r="P26" s="27" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16" ht="109.8" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A27" s="18">
+        <v>22</v>
+      </c>
+      <c r="B27" s="28" t="s">
+        <v>135</v>
+      </c>
+      <c r="C27" s="19" t="s">
+        <v>169</v>
+      </c>
+      <c r="D27" s="20" t="s">
+        <v>170</v>
+      </c>
+      <c r="E27" s="21" t="s">
+        <v>171</v>
+      </c>
+      <c r="F27" s="21" t="s">
+        <v>225</v>
+      </c>
+      <c r="G27" s="21" t="s">
+        <v>226</v>
+      </c>
+      <c r="H27" s="27" t="s">
+        <v>272</v>
+      </c>
+      <c r="I27" s="48">
+        <v>27486</v>
+      </c>
+      <c r="J27" s="8">
+        <v>27486</v>
+      </c>
+      <c r="K27" s="8"/>
+      <c r="L27" s="27" t="s">
+        <v>136</v>
+      </c>
+      <c r="M27" s="28" t="s">
+        <v>21</v>
+      </c>
+      <c r="N27" s="28" t="s">
+        <v>14</v>
+      </c>
+      <c r="O27" s="13" t="s">
+        <v>62</v>
+      </c>
+      <c r="P27" s="27" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16" ht="66" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A28" s="18">
+        <v>23</v>
+      </c>
+      <c r="B28" s="27" t="s">
+        <v>96</v>
+      </c>
+      <c r="C28" s="32" t="s">
+        <v>169</v>
+      </c>
+      <c r="D28" s="33" t="s">
+        <v>177</v>
+      </c>
+      <c r="E28" s="21" t="s">
+        <v>178</v>
+      </c>
+      <c r="F28" s="21" t="s">
+        <v>227</v>
+      </c>
+      <c r="G28" s="21" t="s">
+        <v>228</v>
+      </c>
+      <c r="H28" s="46" t="s">
+        <v>23</v>
+      </c>
+      <c r="I28" s="48">
+        <v>50000</v>
+      </c>
+      <c r="J28" s="8">
+        <v>15000</v>
+      </c>
+      <c r="K28" s="8">
+        <v>35000</v>
+      </c>
+      <c r="L28" s="27" t="s">
+        <v>112</v>
+      </c>
+      <c r="M28" s="28" t="s">
+        <v>21</v>
+      </c>
+      <c r="N28" s="28" t="s">
+        <v>14</v>
+      </c>
+      <c r="O28" s="13" t="s">
+        <v>59</v>
+      </c>
+      <c r="P28" s="27" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16" ht="63.6" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A29" s="18">
+        <v>24</v>
+      </c>
+      <c r="B29" s="27" t="s">
+        <v>105</v>
+      </c>
+      <c r="C29" s="32" t="s">
+        <v>169</v>
+      </c>
+      <c r="D29" s="33" t="s">
+        <v>177</v>
+      </c>
+      <c r="E29" s="21" t="s">
+        <v>178</v>
+      </c>
+      <c r="F29" s="21" t="s">
+        <v>227</v>
+      </c>
+      <c r="G29" s="21" t="s">
+        <v>228</v>
+      </c>
+      <c r="H29" s="46" t="s">
+        <v>16</v>
+      </c>
+      <c r="I29" s="48">
+        <v>20000</v>
+      </c>
+      <c r="J29" s="8">
+        <v>6000</v>
+      </c>
+      <c r="K29" s="8">
+        <v>14000</v>
+      </c>
+      <c r="L29" s="27" t="s">
+        <v>113</v>
+      </c>
+      <c r="M29" s="28" t="s">
+        <v>21</v>
+      </c>
+      <c r="N29" s="28" t="s">
+        <v>14</v>
+      </c>
+      <c r="O29" s="13" t="s">
+        <v>118</v>
+      </c>
+      <c r="P29" s="27" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16" ht="70.2" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A30" s="18">
+        <v>25</v>
+      </c>
+      <c r="B30" s="27" t="s">
+        <v>106</v>
+      </c>
+      <c r="C30" s="19" t="s">
+        <v>169</v>
+      </c>
+      <c r="D30" s="22" t="s">
+        <v>177</v>
+      </c>
+      <c r="E30" s="21" t="s">
+        <v>178</v>
+      </c>
+      <c r="F30" s="21" t="s">
+        <v>179</v>
+      </c>
+      <c r="G30" s="21" t="s">
+        <v>229</v>
+      </c>
+      <c r="H30" s="46" t="s">
+        <v>22</v>
+      </c>
+      <c r="I30" s="48">
+        <v>100000</v>
+      </c>
+      <c r="J30" s="8">
+        <v>10000</v>
+      </c>
+      <c r="K30" s="8">
+        <v>90000</v>
+      </c>
+      <c r="L30" s="27" t="s">
+        <v>125</v>
+      </c>
+      <c r="M30" s="28" t="s">
+        <v>21</v>
+      </c>
+      <c r="N30" s="28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O30" s="13" t="s">
+        <v>119</v>
+      </c>
+      <c r="P30" s="27" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16" ht="117.6" x14ac:dyDescent="0.4">
+      <c r="A31" s="18">
+        <v>26</v>
+      </c>
+      <c r="B31" s="13" t="s">
+        <v>101</v>
+      </c>
+      <c r="C31" s="19" t="s">
+        <v>169</v>
+      </c>
+      <c r="D31" s="22" t="s">
+        <v>177</v>
+      </c>
+      <c r="E31" s="21" t="s">
+        <v>178</v>
+      </c>
+      <c r="F31" s="21" t="s">
+        <v>179</v>
+      </c>
+      <c r="G31" s="21" t="s">
+        <v>229</v>
+      </c>
+      <c r="H31" s="47" t="s">
+        <v>25</v>
+      </c>
+      <c r="I31" s="10">
+        <v>200000</v>
+      </c>
+      <c r="J31" s="30">
+        <v>200000</v>
+      </c>
+      <c r="K31" s="30"/>
+      <c r="L31" s="13" t="s">
+        <v>111</v>
+      </c>
+      <c r="M31" s="13" t="s">
+        <v>21</v>
+      </c>
+      <c r="N31" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O31" s="13" t="s">
+        <v>123</v>
+      </c>
+      <c r="P31" s="27" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16" ht="84" x14ac:dyDescent="0.4">
+      <c r="A32" s="18">
+        <v>27</v>
+      </c>
+      <c r="B32" s="27" t="s">
+        <v>75</v>
+      </c>
+      <c r="C32" s="19" t="s">
+        <v>169</v>
+      </c>
+      <c r="D32" s="22" t="s">
+        <v>177</v>
+      </c>
+      <c r="E32" s="21" t="s">
+        <v>181</v>
+      </c>
+      <c r="F32" s="21" t="s">
+        <v>230</v>
+      </c>
+      <c r="G32" s="21" t="s">
+        <v>231</v>
+      </c>
+      <c r="H32" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="I32" s="26">
+        <v>200000</v>
+      </c>
+      <c r="J32" s="26">
+        <v>30000</v>
+      </c>
+      <c r="K32" s="10">
+        <v>170000</v>
+      </c>
+      <c r="L32" s="11" t="s">
+        <v>94</v>
+      </c>
+      <c r="M32" s="12" t="s">
+        <v>21</v>
+      </c>
+      <c r="N32" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O32" s="13" t="s">
+        <v>63</v>
+      </c>
+      <c r="P32" s="27" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16" ht="67.2" x14ac:dyDescent="0.4">
+      <c r="A33" s="18">
+        <v>28</v>
+      </c>
+      <c r="B33" s="27" t="s">
+        <v>104</v>
+      </c>
+      <c r="C33" s="19" t="s">
+        <v>169</v>
+      </c>
+      <c r="D33" s="22" t="s">
+        <v>177</v>
+      </c>
+      <c r="E33" s="21" t="s">
+        <v>232</v>
+      </c>
+      <c r="F33" s="35" t="s">
+        <v>233</v>
+      </c>
+      <c r="G33" s="35" t="s">
+        <v>273</v>
+      </c>
+      <c r="H33" s="46" t="s">
+        <v>20</v>
+      </c>
+      <c r="I33" s="48">
+        <v>40000</v>
+      </c>
+      <c r="J33" s="8">
+        <v>4000</v>
+      </c>
+      <c r="K33" s="8">
+        <v>36000</v>
+      </c>
+      <c r="L33" s="27" t="s">
+        <v>107</v>
+      </c>
+      <c r="M33" s="28" t="s">
+        <v>21</v>
+      </c>
+      <c r="N33" s="28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O33" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="P33" s="27" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16" ht="71.400000000000006" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A34" s="18">
+        <v>29</v>
+      </c>
+      <c r="B34" s="27" t="s">
+        <v>97</v>
+      </c>
+      <c r="C34" s="19" t="s">
+        <v>169</v>
+      </c>
+      <c r="D34" s="22" t="s">
+        <v>177</v>
+      </c>
+      <c r="E34" s="21" t="s">
+        <v>201</v>
+      </c>
+      <c r="F34" s="21" t="s">
+        <v>234</v>
+      </c>
+      <c r="G34" s="21" t="s">
+        <v>235</v>
+      </c>
+      <c r="H34" s="46" t="s">
+        <v>38</v>
+      </c>
+      <c r="I34" s="26">
+        <v>412316</v>
+      </c>
+      <c r="J34" s="9">
+        <v>61847</v>
+      </c>
+      <c r="K34" s="26" t="s">
+        <v>277</v>
+      </c>
+      <c r="L34" s="27" t="s">
+        <v>109</v>
+      </c>
+      <c r="M34" s="28" t="s">
+        <v>21</v>
+      </c>
+      <c r="N34" s="28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O34" s="13" t="s">
+        <v>65</v>
+      </c>
+      <c r="P34" s="27" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16" ht="57" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A35" s="18">
+        <v>30</v>
+      </c>
+      <c r="B35" s="27" t="s">
+        <v>98</v>
+      </c>
+      <c r="C35" s="19" t="s">
+        <v>169</v>
+      </c>
+      <c r="D35" s="22" t="s">
+        <v>177</v>
+      </c>
+      <c r="E35" s="21" t="s">
+        <v>181</v>
+      </c>
+      <c r="F35" s="21" t="s">
+        <v>199</v>
+      </c>
+      <c r="G35" s="21" t="s">
+        <v>231</v>
+      </c>
+      <c r="H35" s="46" t="s">
+        <v>38</v>
+      </c>
+      <c r="I35" s="26">
+        <v>150000</v>
+      </c>
+      <c r="J35" s="9">
+        <v>15000</v>
+      </c>
+      <c r="K35" s="9">
+        <v>135000</v>
+      </c>
+      <c r="L35" s="27" t="s">
+        <v>114</v>
+      </c>
+      <c r="M35" s="28" t="s">
+        <v>21</v>
+      </c>
+      <c r="N35" s="28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O35" s="13" t="s">
+        <v>62</v>
+      </c>
+      <c r="P35" s="27" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16" ht="50.4" x14ac:dyDescent="0.4">
+      <c r="A36" s="18">
+        <v>31</v>
+      </c>
+      <c r="B36" s="27" t="s">
+        <v>108</v>
+      </c>
+      <c r="C36" s="19" t="s">
+        <v>169</v>
+      </c>
+      <c r="D36" s="22" t="s">
+        <v>177</v>
+      </c>
+      <c r="E36" s="21" t="s">
+        <v>181</v>
+      </c>
+      <c r="F36" s="21" t="s">
+        <v>236</v>
+      </c>
+      <c r="G36" s="35" t="s">
+        <v>274</v>
+      </c>
+      <c r="H36" s="46" t="s">
+        <v>20</v>
+      </c>
+      <c r="I36" s="26">
+        <v>823529</v>
+      </c>
+      <c r="J36" s="9">
+        <v>123529</v>
+      </c>
+      <c r="K36" s="9">
+        <v>700000</v>
+      </c>
+      <c r="L36" s="27" t="s">
+        <v>110</v>
+      </c>
+      <c r="M36" s="28" t="s">
+        <v>21</v>
+      </c>
+      <c r="N36" s="28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O36" s="13" t="s">
+        <v>63</v>
+      </c>
+      <c r="P36" s="27" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16" ht="68.400000000000006" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A37" s="18">
+        <v>32</v>
+      </c>
+      <c r="B37" s="13" t="s">
+        <v>145</v>
+      </c>
+      <c r="C37" s="24" t="s">
+        <v>184</v>
+      </c>
+      <c r="D37" s="25" t="s">
+        <v>185</v>
+      </c>
+      <c r="E37" s="21" t="s">
+        <v>207</v>
+      </c>
+      <c r="F37" s="21" t="s">
+        <v>210</v>
+      </c>
+      <c r="G37" s="21" t="s">
+        <v>211</v>
+      </c>
+      <c r="H37" s="46" t="s">
+        <v>23</v>
+      </c>
+      <c r="I37" s="48">
+        <v>352778</v>
+      </c>
+      <c r="J37" s="36">
+        <v>35277.800000000003</v>
+      </c>
+      <c r="K37" s="36">
+        <v>317500.2</v>
+      </c>
+      <c r="L37" s="27" t="s">
+        <v>146</v>
+      </c>
+      <c r="M37" s="28" t="s">
+        <v>21</v>
+      </c>
+      <c r="N37" s="28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O37" s="13" t="s">
+        <v>117</v>
+      </c>
+      <c r="P37" s="27" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16" ht="84" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A38" s="18">
+        <v>33</v>
+      </c>
+      <c r="B38" s="12" t="s">
+        <v>40</v>
+      </c>
+      <c r="C38" s="24" t="s">
+        <v>184</v>
+      </c>
+      <c r="D38" s="25" t="s">
+        <v>189</v>
+      </c>
+      <c r="E38" s="21" t="s">
+        <v>237</v>
+      </c>
+      <c r="F38" s="21" t="s">
+        <v>238</v>
+      </c>
+      <c r="G38" s="35" t="s">
+        <v>239</v>
+      </c>
+      <c r="H38" s="28" t="s">
+        <v>38</v>
+      </c>
+      <c r="I38" s="37">
+        <v>384833</v>
+      </c>
+      <c r="J38" s="37">
+        <v>384833</v>
+      </c>
+      <c r="K38" s="38"/>
+      <c r="L38" s="11" t="s">
         <v>127</v>
       </c>
-      <c r="C21" s="34" t="s">
-[...2 lines deleted...]
-      <c r="D21" s="35" t="s">
+      <c r="M38" s="12" t="s">
+        <v>21</v>
+      </c>
+      <c r="N38" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="O38" s="13" t="s">
+        <v>51</v>
+      </c>
+      <c r="P38" s="13" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16" ht="50.4" x14ac:dyDescent="0.4">
+      <c r="A39" s="18">
+        <v>34</v>
+      </c>
+      <c r="B39" s="28" t="s">
+        <v>128</v>
+      </c>
+      <c r="C39" s="24" t="s">
+        <v>184</v>
+      </c>
+      <c r="D39" s="25" t="s">
+        <v>189</v>
+      </c>
+      <c r="E39" s="21" t="s">
+        <v>237</v>
+      </c>
+      <c r="F39" s="39" t="s">
+        <v>240</v>
+      </c>
+      <c r="G39" s="39" t="s">
+        <v>241</v>
+      </c>
+      <c r="H39" s="28" t="s">
+        <v>38</v>
+      </c>
+      <c r="I39" s="48">
+        <v>90000</v>
+      </c>
+      <c r="J39" s="8">
+        <v>90000</v>
+      </c>
+      <c r="K39" s="40"/>
+      <c r="L39" s="27" t="s">
+        <v>129</v>
+      </c>
+      <c r="M39" s="28" t="s">
+        <v>21</v>
+      </c>
+      <c r="N39" s="28" t="s">
+        <v>21</v>
+      </c>
+      <c r="O39" s="13" t="s">
+        <v>131</v>
+      </c>
+      <c r="P39" s="27" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16" ht="51.6" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A40" s="18">
+        <v>35</v>
+      </c>
+      <c r="B40" s="13" t="s">
+        <v>91</v>
+      </c>
+      <c r="C40" s="24" t="s">
+        <v>184</v>
+      </c>
+      <c r="D40" s="25" t="s">
+        <v>189</v>
+      </c>
+      <c r="E40" s="21" t="s">
+        <v>212</v>
+      </c>
+      <c r="F40" s="21" t="s">
+        <v>242</v>
+      </c>
+      <c r="G40" s="21" t="s">
+        <v>243</v>
+      </c>
+      <c r="H40" s="27" t="s">
+        <v>16</v>
+      </c>
+      <c r="I40" s="10">
+        <v>175000</v>
+      </c>
+      <c r="J40" s="10"/>
+      <c r="K40" s="41"/>
+      <c r="L40" s="11" t="s">
+        <v>102</v>
+      </c>
+      <c r="M40" s="13" t="s">
+        <v>21</v>
+      </c>
+      <c r="N40" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O40" s="13" t="s">
+        <v>103</v>
+      </c>
+      <c r="P40" s="13" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16" ht="66.599999999999994" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A41" s="18">
+        <v>36</v>
+      </c>
+      <c r="B41" s="27" t="s">
+        <v>100</v>
+      </c>
+      <c r="C41" s="24" t="s">
+        <v>184</v>
+      </c>
+      <c r="D41" s="25" t="s">
+        <v>189</v>
+      </c>
+      <c r="E41" s="21" t="s">
+        <v>190</v>
+      </c>
+      <c r="F41" s="21" t="s">
+        <v>244</v>
+      </c>
+      <c r="G41" s="21" t="s">
+        <v>245</v>
+      </c>
+      <c r="H41" s="14" t="s">
+        <v>38</v>
+      </c>
+      <c r="I41" s="26">
+        <v>203118</v>
+      </c>
+      <c r="J41" s="9">
+        <v>203118</v>
+      </c>
+      <c r="K41" s="42"/>
+      <c r="L41" s="27" t="s">
+        <v>126</v>
+      </c>
+      <c r="M41" s="27" t="s">
+        <v>21</v>
+      </c>
+      <c r="N41" s="27" t="s">
+        <v>14</v>
+      </c>
+      <c r="O41" s="27" t="s">
+        <v>122</v>
+      </c>
+      <c r="P41" s="27" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16" ht="55.2" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A42" s="18">
+        <v>37</v>
+      </c>
+      <c r="B42" s="27" t="s">
+        <v>149</v>
+      </c>
+      <c r="C42" s="19" t="s">
+        <v>169</v>
+      </c>
+      <c r="D42" s="22" t="s">
+        <v>177</v>
+      </c>
+      <c r="E42" s="21" t="s">
+        <v>181</v>
+      </c>
+      <c r="F42" s="21" t="s">
+        <v>199</v>
+      </c>
+      <c r="G42" s="21" t="s">
+        <v>231</v>
+      </c>
+      <c r="H42" s="46" t="s">
+        <v>12</v>
+      </c>
+      <c r="I42" s="48">
+        <v>100000</v>
+      </c>
+      <c r="J42" s="8">
+        <v>100000</v>
+      </c>
+      <c r="K42" s="43"/>
+      <c r="L42" s="46" t="s">
+        <v>147</v>
+      </c>
+      <c r="M42" s="46" t="s">
+        <v>21</v>
+      </c>
+      <c r="N42" s="46" t="s">
+        <v>14</v>
+      </c>
+      <c r="O42" s="13" t="s">
+        <v>150</v>
+      </c>
+      <c r="P42" s="13" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16" ht="119.4" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A43" s="18">
+        <v>38</v>
+      </c>
+      <c r="B43" s="27" t="s">
+        <v>157</v>
+      </c>
+      <c r="C43" s="24" t="s">
+        <v>184</v>
+      </c>
+      <c r="D43" s="25" t="s">
+        <v>189</v>
+      </c>
+      <c r="E43" s="21" t="s">
+        <v>190</v>
+      </c>
+      <c r="F43" s="21" t="s">
+        <v>217</v>
+      </c>
+      <c r="G43" s="21" t="s">
+        <v>218</v>
+      </c>
+      <c r="H43" s="46" t="s">
+        <v>158</v>
+      </c>
+      <c r="I43" s="48">
+        <v>1500000</v>
+      </c>
+      <c r="J43" s="48">
+        <v>225000</v>
+      </c>
+      <c r="K43" s="48">
+        <v>1275000</v>
+      </c>
+      <c r="L43" s="14" t="s">
+        <v>160</v>
+      </c>
+      <c r="M43" s="46" t="s">
+        <v>21</v>
+      </c>
+      <c r="N43" s="46" t="s">
+        <v>159</v>
+      </c>
+      <c r="O43" s="13" t="s">
+        <v>123</v>
+      </c>
+      <c r="P43" s="27" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16" ht="108" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A44" s="18">
+        <v>39</v>
+      </c>
+      <c r="B44" s="27" t="s">
+        <v>161</v>
+      </c>
+      <c r="C44" s="19" t="s">
+        <v>169</v>
+      </c>
+      <c r="D44" s="22" t="s">
+        <v>177</v>
+      </c>
+      <c r="E44" s="21" t="s">
+        <v>181</v>
+      </c>
+      <c r="F44" s="21" t="s">
+        <v>199</v>
+      </c>
+      <c r="G44" s="21" t="s">
+        <v>231</v>
+      </c>
+      <c r="H44" s="46" t="s">
+        <v>12</v>
+      </c>
+      <c r="I44" s="48">
+        <v>200000</v>
+      </c>
+      <c r="J44" s="48">
+        <v>200000</v>
+      </c>
+      <c r="K44" s="45"/>
+      <c r="L44" s="14" t="s">
+        <v>162</v>
+      </c>
+      <c r="M44" s="46" t="s">
+        <v>21</v>
+      </c>
+      <c r="N44" s="46" t="s">
+        <v>26</v>
+      </c>
+      <c r="O44" s="13" t="s">
+        <v>150</v>
+      </c>
+      <c r="P44" s="14" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16" ht="108" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A45" s="44">
+        <v>40</v>
+      </c>
+      <c r="B45" s="27" t="s">
+        <v>269</v>
+      </c>
+      <c r="C45" s="24" t="s">
+        <v>184</v>
+      </c>
+      <c r="D45" s="25" t="s">
+        <v>189</v>
+      </c>
+      <c r="E45" s="21" t="s">
+        <v>237</v>
+      </c>
+      <c r="F45" s="21" t="s">
+        <v>275</v>
+      </c>
+      <c r="G45" s="21" t="s">
+        <v>276</v>
+      </c>
+      <c r="H45" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="I45" s="10">
+        <v>3000000</v>
+      </c>
+      <c r="J45" s="10">
+        <v>450000</v>
+      </c>
+      <c r="K45" s="10">
+        <v>2550000</v>
+      </c>
+      <c r="L45" s="11" t="s">
+        <v>270</v>
+      </c>
+      <c r="M45" s="12" t="s">
+        <v>21</v>
+      </c>
+      <c r="N45" s="12" t="s">
+        <v>78</v>
+      </c>
+      <c r="O45" s="13" t="s">
+        <v>130</v>
+      </c>
+      <c r="P45" s="14" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16" ht="67.2" x14ac:dyDescent="0.4">
+      <c r="A46" s="18">
+        <v>41</v>
+      </c>
+      <c r="B46" s="13" t="s">
+        <v>71</v>
+      </c>
+      <c r="C46" s="19" t="s">
+        <v>169</v>
+      </c>
+      <c r="D46" s="20" t="s">
+        <v>170</v>
+      </c>
+      <c r="E46" s="21" t="s">
+        <v>174</v>
+      </c>
+      <c r="F46" s="21" t="s">
+        <v>175</v>
+      </c>
+      <c r="G46" s="21" t="s">
+        <v>176</v>
+      </c>
+      <c r="H46" s="13" t="s">
+        <v>23</v>
+      </c>
+      <c r="I46" s="26">
+        <v>600000</v>
+      </c>
+      <c r="J46" s="9">
+        <v>600000</v>
+      </c>
+      <c r="K46" s="41"/>
+      <c r="L46" s="11" t="s">
+        <v>73</v>
+      </c>
+      <c r="M46" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="N46" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O46" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="P46" s="13" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16" ht="123" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A47" s="18">
+        <v>42</v>
+      </c>
+      <c r="B47" s="13" t="s">
+        <v>95</v>
+      </c>
+      <c r="C47" s="19" t="s">
+        <v>169</v>
+      </c>
+      <c r="D47" s="20" t="s">
+        <v>246</v>
+      </c>
+      <c r="E47" s="21" t="s">
+        <v>247</v>
+      </c>
+      <c r="F47" s="21" t="s">
+        <v>248</v>
+      </c>
+      <c r="G47" s="21" t="s">
+        <v>249</v>
+      </c>
+      <c r="H47" s="27" t="s">
+        <v>16</v>
+      </c>
+      <c r="I47" s="10">
+        <v>200000</v>
+      </c>
+      <c r="J47" s="10">
+        <v>200000</v>
+      </c>
+      <c r="K47" s="41"/>
+      <c r="L47" s="11" t="s">
+        <v>134</v>
+      </c>
+      <c r="M47" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="N47" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O47" s="13" t="s">
+        <v>56</v>
+      </c>
+      <c r="P47" s="27" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16" ht="123" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A48" s="18">
+        <v>43</v>
+      </c>
+      <c r="B48" s="13" t="s">
+        <v>155</v>
+      </c>
+      <c r="C48" s="24" t="s">
+        <v>184</v>
+      </c>
+      <c r="D48" s="25" t="s">
+        <v>185</v>
+      </c>
+      <c r="E48" s="21" t="s">
+        <v>204</v>
+      </c>
+      <c r="F48" s="21" t="s">
+        <v>205</v>
+      </c>
+      <c r="G48" s="21" t="s">
+        <v>206</v>
+      </c>
+      <c r="H48" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="I48" s="10">
+        <v>310391</v>
+      </c>
+      <c r="J48" s="10">
+        <v>117016</v>
+      </c>
+      <c r="K48" s="10">
+        <v>193375</v>
+      </c>
+      <c r="L48" s="11" t="s">
+        <v>156</v>
+      </c>
+      <c r="M48" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="N48" s="12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O48" s="13" t="s">
+        <v>130</v>
+      </c>
+      <c r="P48" s="14" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16" ht="67.2" x14ac:dyDescent="0.4">
+      <c r="A49" s="18">
+        <v>44</v>
+      </c>
+      <c r="B49" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="C49" s="19" t="s">
+        <v>169</v>
+      </c>
+      <c r="D49" s="22" t="s">
+        <v>177</v>
+      </c>
+      <c r="E49" s="21" t="s">
+        <v>193</v>
+      </c>
+      <c r="F49" s="21" t="s">
+        <v>250</v>
+      </c>
+      <c r="G49" s="21" t="s">
+        <v>251</v>
+      </c>
+      <c r="H49" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="I49" s="10">
+        <v>25000000</v>
+      </c>
+      <c r="J49" s="10"/>
+      <c r="K49" s="41"/>
+      <c r="L49" s="11" t="s">
+        <v>35</v>
+      </c>
+      <c r="M49" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="N49" s="13" t="s">
+        <v>78</v>
+      </c>
+      <c r="O49" s="13" t="s">
+        <v>61</v>
+      </c>
+      <c r="P49" s="14" t="s">
         <v>85</v>
       </c>
-      <c r="E21" s="36" t="s">
-[...2 lines deleted...]
-      <c r="F21" s="36" t="s">
+    </row>
+    <row r="51" spans="1:16" s="7" customFormat="1" ht="26.4" x14ac:dyDescent="0.55000000000000004">
+      <c r="A51" s="6" t="s">
         <v>151</v>
       </c>
-      <c r="G21" s="36" t="s">
+      <c r="B51" s="6"/>
+      <c r="C51" s="6"/>
+      <c r="D51" s="6"/>
+      <c r="E51" s="6"/>
+      <c r="F51" s="6"/>
+      <c r="G51" s="6"/>
+      <c r="H51" s="6"/>
+      <c r="I51" s="6"/>
+      <c r="J51" s="6"/>
+      <c r="K51" s="6"/>
+      <c r="L51" s="6"/>
+      <c r="M51" s="6"/>
+      <c r="N51" s="6"/>
+      <c r="O51" s="6"/>
+      <c r="P51" s="6"/>
+    </row>
+    <row r="52" spans="1:16" s="7" customFormat="1" ht="24.6" x14ac:dyDescent="0.55000000000000004">
+      <c r="A52"/>
+      <c r="B52" s="6"/>
+      <c r="C52" s="6"/>
+      <c r="D52" s="6"/>
+      <c r="E52" s="6"/>
+      <c r="F52" s="6"/>
+      <c r="G52" s="6"/>
+      <c r="H52" s="6"/>
+      <c r="I52" s="6"/>
+      <c r="J52" s="6"/>
+      <c r="K52" s="6"/>
+      <c r="L52" s="6"/>
+      <c r="M52" s="6"/>
+      <c r="N52" s="6"/>
+      <c r="O52" s="6"/>
+      <c r="P52" s="6"/>
+    </row>
+    <row r="53" spans="1:16" s="7" customFormat="1" ht="24.6" x14ac:dyDescent="0.55000000000000004">
+      <c r="A53" s="6"/>
+      <c r="B53" s="6"/>
+      <c r="C53" s="6"/>
+      <c r="D53" s="6"/>
+      <c r="E53" s="6"/>
+      <c r="F53" s="6"/>
+      <c r="G53" s="6"/>
+      <c r="H53" s="6"/>
+      <c r="I53" s="6"/>
+      <c r="J53" s="6"/>
+      <c r="K53" s="6"/>
+      <c r="L53" s="6"/>
+      <c r="M53" s="6"/>
+      <c r="N53" s="6"/>
+      <c r="O53" s="6"/>
+      <c r="P53" s="6"/>
+    </row>
+    <row r="89" spans="1:4" ht="24.6" x14ac:dyDescent="0.55000000000000004">
+      <c r="A89" s="49" t="s">
         <v>152</v>
       </c>
-      <c r="H21" s="41" t="s">
-[...38 lines deleted...]
-      <c r="E22" s="36" t="s">
+      <c r="B89" s="49"/>
+      <c r="C89" s="50" t="s">
         <v>153</v>
       </c>
-      <c r="F22" s="36" t="s">
-[...1169 lines deleted...]
-      <c r="D84" s="9"/>
+      <c r="D89" s="50"/>
     </row>
   </sheetData>
-  <autoFilter ref="A4:P44" xr:uid="{00000000-0009-0000-0000-000000000000}"/>
+  <autoFilter ref="A5:P49" xr:uid="{00000000-0009-0000-0000-000000000000}"/>
   <mergeCells count="14">
-    <mergeCell ref="A84:B84"/>
-[...1 lines deleted...]
-    <mergeCell ref="A1:P1"/>
+    <mergeCell ref="A89:B89"/>
+    <mergeCell ref="C89:D89"/>
     <mergeCell ref="A2:P2"/>
-    <mergeCell ref="P3:P4"/>
-[...8 lines deleted...]
-    <mergeCell ref="J3:K3"/>
+    <mergeCell ref="A3:P3"/>
+    <mergeCell ref="P4:P5"/>
+    <mergeCell ref="M4:N4"/>
+    <mergeCell ref="O4:O5"/>
+    <mergeCell ref="H4:H5"/>
+    <mergeCell ref="I4:I5"/>
+    <mergeCell ref="L4:L5"/>
+    <mergeCell ref="A4:A5"/>
+    <mergeCell ref="B4:B5"/>
+    <mergeCell ref="C4:G4"/>
+    <mergeCell ref="J4:K4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="8" scale="42" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Darblapas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">