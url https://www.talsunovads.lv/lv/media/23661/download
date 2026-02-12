--- v0 (2025-10-29)
+++ v1 (2026-02-12)
@@ -1,1692 +1,2097 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
+    <w:p w14:paraId="7F1A99BA" w14:textId="77777777" w:rsidR="004B378B" w:rsidRDefault="004B378B" w:rsidP="00F46FB4">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk175297291"/>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="3A88784B" w14:textId="77777777" w:rsidR="005F1BF6" w:rsidRPr="00067C7E" w:rsidRDefault="00000000" w:rsidP="00F46FB4">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00067C7E">
+        <w:t>-----------------------------------------------------</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="207BBBAD" w14:textId="77777777" w:rsidR="005F1BF6" w:rsidRPr="00067C7E" w:rsidRDefault="00000000" w:rsidP="00F46FB4">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00067C7E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00E708B3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iesniedzēja </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00067C7E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>vārds, uzvārds</w:t>
+      </w:r>
+      <w:r w:rsidR="00E708B3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vai </w:t>
+      </w:r>
+      <w:r w:rsidR="003B1FC5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>juridiskās personas nosaukums</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00067C7E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45DB9AF0" w14:textId="77777777" w:rsidR="005F1BF6" w:rsidRPr="00067C7E" w:rsidRDefault="005F1BF6" w:rsidP="00F46FB4">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14D3C0C8" w14:textId="77777777" w:rsidR="005F1BF6" w:rsidRPr="00067C7E" w:rsidRDefault="00000000" w:rsidP="00F46FB4">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00067C7E">
+        <w:t>-----------------------------------------------------</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A977919" w14:textId="77777777" w:rsidR="005F1BF6" w:rsidRPr="00067C7E" w:rsidRDefault="00000000" w:rsidP="00F46FB4">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00990082">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">fiziskai personai – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>personas kods</w:t>
+      </w:r>
+      <w:r w:rsidR="00990082">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; juridiskai personai – </w:t>
+      </w:r>
+      <w:r w:rsidR="003B1FC5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>reģistrācijas numurs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00067C7E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="400D6FA6" w14:textId="77777777" w:rsidR="005F1BF6" w:rsidRPr="00067C7E" w:rsidRDefault="005F1BF6" w:rsidP="00F46FB4">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E811CA7" w14:textId="77777777" w:rsidR="005F1BF6" w:rsidRPr="00067C7E" w:rsidRDefault="00000000" w:rsidP="00F46FB4">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00067C7E">
+        <w:t>-----------------------------------------------------</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A351B58" w14:textId="77777777" w:rsidR="00990082" w:rsidRDefault="00000000" w:rsidP="00F46FB4">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00990082">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(fiziskai personai</w:t>
+      </w:r>
+      <w:r w:rsidR="00203D95">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dzīvesvieta</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0266CF4C" w14:textId="77777777" w:rsidR="00807341" w:rsidRPr="00990082" w:rsidRDefault="00000000" w:rsidP="00F46FB4">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00990082">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">juridiskai personai – </w:t>
+      </w:r>
+      <w:r w:rsidR="00E708B3" w:rsidRPr="00990082">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>juridiskā adrese</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00990082">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D2B3F4C" w14:textId="77777777" w:rsidR="005F1BF6" w:rsidRPr="00067C7E" w:rsidRDefault="005F1BF6" w:rsidP="00F46FB4">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F28124A" w14:textId="77777777" w:rsidR="005F1BF6" w:rsidRPr="00067C7E" w:rsidRDefault="00000000" w:rsidP="00F46FB4">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00067C7E">
+        <w:t>------------------------</w:t>
+      </w:r>
+      <w:r w:rsidR="00E708B3">
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="00990082" w:rsidRPr="00067C7E">
+        <w:t>-------</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00067C7E">
+        <w:t>-----------------------------</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F527CE4" w14:textId="77777777" w:rsidR="005F1BF6" w:rsidRDefault="00000000" w:rsidP="00F46FB4">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00067C7E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(tālrunis</w:t>
+      </w:r>
+      <w:r w:rsidR="00990082">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)          </w:t>
+      </w:r>
+      <w:r w:rsidR="00E708B3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00990082">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   ( </w:t>
+      </w:r>
+      <w:r w:rsidR="00E708B3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>elektroniskā pasta adrese</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00067C7E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A8E3922" w14:textId="77777777" w:rsidR="00E708B3" w:rsidRPr="00067C7E" w:rsidRDefault="00E708B3" w:rsidP="00F46FB4">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D327C08" w14:textId="77777777" w:rsidR="00E708B3" w:rsidRPr="00067C7E" w:rsidRDefault="00000000" w:rsidP="00F46FB4">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00067C7E">
+        <w:t>-----------------------------------------------------</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74CD1EF6" w14:textId="77777777" w:rsidR="00E708B3" w:rsidRPr="00067C7E" w:rsidRDefault="00000000" w:rsidP="00F46FB4">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(juridiskās personas pārstāvja amats</w:t>
+      </w:r>
+      <w:r w:rsidR="00990082">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>vārds, uzvārds</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00067C7E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C29BE52" w14:textId="77777777" w:rsidR="00E708B3" w:rsidRPr="00067C7E" w:rsidRDefault="00E708B3" w:rsidP="00F46FB4">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="687752D6" w14:textId="77777777" w:rsidR="005F1BF6" w:rsidRPr="00067C7E" w:rsidRDefault="005F1BF6" w:rsidP="00F46FB4">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44B1D01B" w14:textId="77777777" w:rsidR="00123D87" w:rsidRPr="00067C7E" w:rsidRDefault="00000000" w:rsidP="00F46FB4">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00067C7E">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>IESNIEGUMS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74897904" w14:textId="77777777" w:rsidR="005F1BF6" w:rsidRPr="00067C7E" w:rsidRDefault="005F1BF6" w:rsidP="00F46FB4">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58F48D28" w14:textId="77777777" w:rsidR="005F1BF6" w:rsidRPr="00067C7E" w:rsidRDefault="00000000" w:rsidP="00F46FB4">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38D8175E" w14:textId="77777777" w:rsidR="002E31E2" w:rsidRPr="00067C7E" w:rsidRDefault="00000000" w:rsidP="00F46FB4">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00067C7E">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Talsu novada pašvaldība</w:t>
+      </w:r>
+      <w:r w:rsidR="00B22453">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="550530D6" w14:textId="77777777" w:rsidR="005F1BF6" w:rsidRDefault="00000000" w:rsidP="00F46FB4">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Kareivju iela </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00067C7E">
+        <w:t xml:space="preserve">7, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00067C7E">
+        <w:t>alsi, Talsu nov.</w:t>
+      </w:r>
+      <w:r>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00067C7E">
+        <w:t xml:space="preserve"> LV-3201</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="432F6AB8" w14:textId="77777777" w:rsidR="00067C7E" w:rsidRDefault="00067C7E" w:rsidP="00F46FB4">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D1DDAAE" w14:textId="77777777" w:rsidR="00A47700" w:rsidRDefault="00000000" w:rsidP="00F46FB4">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>_________________________________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D5B03C7" w14:textId="77777777" w:rsidR="00A47700" w:rsidRDefault="00000000" w:rsidP="00F46FB4">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>_________________________________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37ACB678" w14:textId="77777777" w:rsidR="00067C7E" w:rsidRPr="00067C7E" w:rsidRDefault="00000000" w:rsidP="00F46FB4">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="004A1553">
+        <w:t>____________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="001C6261">
+        <w:t>___________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="001C6261">
+        <w:lastRenderedPageBreak/>
+        <w:t>_____________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Reatabula"/>
-        <w:tblW w:w="5103" w:type="dxa"/>
-[...435 lines deleted...]
-        <w:tblW w:w="9498" w:type="dxa"/>
+        <w:tblW w:w="9911" w:type="dxa"/>
+        <w:tblInd w:w="-413" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9498"/>
+        <w:gridCol w:w="9911"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0018404E" w14:paraId="7A3267C3" w14:textId="77777777" w:rsidTr="0018404E">
+      <w:tr w:rsidR="00261FB2" w14:paraId="5BF41E18" w14:textId="77777777" w:rsidTr="00264D87">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9498" w:type="dxa"/>
+            <w:tcW w:w="9911" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7DAD3E0D" w14:textId="77777777" w:rsidR="0018404E" w:rsidRPr="00BE6423" w:rsidRDefault="0018404E" w:rsidP="0018404E">
-            <w:r w:rsidRPr="00BE6423">
+          <w:p w14:paraId="77E0F6E0" w14:textId="77777777" w:rsidR="00F20D1A" w:rsidRDefault="00F20D1A" w:rsidP="00F46FB4">
+            <w:pPr>
+              <w:ind w:right="-1"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0C6BF50D" w14:textId="77777777" w:rsidR="002A71FE" w:rsidRPr="0086693C" w:rsidRDefault="002A71FE" w:rsidP="00F46FB4">
+            <w:pPr>
+              <w:ind w:right="-1"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="24A4A900" w14:textId="77777777" w:rsidR="00F20D1A" w:rsidRPr="0086693C" w:rsidRDefault="00000000" w:rsidP="00F46FB4">
+            <w:pPr>
+              <w:ind w:right="-1"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0086693C">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:t>Atbildi uz iesniegumu nosūtīt/izsniegt:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0018404E" w14:paraId="3F987ED0" w14:textId="77777777" w:rsidTr="0018404E">
+      <w:tr w:rsidR="00261FB2" w14:paraId="3234DC77" w14:textId="77777777" w:rsidTr="00264D87">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9498" w:type="dxa"/>
+            <w:tcW w:w="9911" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7AC3AB88" w14:textId="77777777" w:rsidR="0018404E" w:rsidRPr="00BE6423" w:rsidRDefault="0018404E" w:rsidP="0018404E">
-            <w:r w:rsidRPr="00BE6423">
+          <w:p w14:paraId="3F33684B" w14:textId="77777777" w:rsidR="00F20D1A" w:rsidRPr="0086693C" w:rsidRDefault="00000000" w:rsidP="00F46FB4">
+            <w:pPr>
+              <w:ind w:right="-1"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0086693C">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
                 <w:id w:val="1545177637"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00BE6423">
+                <w:r w:rsidRPr="0086693C">
                   <w:rPr>
-                    <w:rFonts w:eastAsia="MS Gothic" w:hint="eastAsia"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="00BE6423">
-              <w:t xml:space="preserve">   uz oficiālās elektroniskās adreses kontu;</w:t>
+            <w:r w:rsidRPr="0086693C">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   uz oficiālās elektroniskās adreses kontu</w:t>
+            </w:r>
+            <w:r w:rsidR="0086693C" w:rsidRPr="0086693C">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0018404E" w14:paraId="0551A5DB" w14:textId="77777777" w:rsidTr="0018404E">
+      <w:tr w:rsidR="00261FB2" w14:paraId="15D478FA" w14:textId="77777777" w:rsidTr="00264D87">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9498" w:type="dxa"/>
+            <w:tcW w:w="9911" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5845B585" w14:textId="77777777" w:rsidR="0018404E" w:rsidRPr="00BE6423" w:rsidRDefault="0018404E" w:rsidP="0018404E">
-[...1 lines deleted...]
-              <w:t>(Esmu informēts (-a), ka, ja dokumenta sagatavošanas laikā oficiālās elektroniskās adreses konts tiks deaktivizēts, tad atbilde tiks nosūtīta uz iesniegumā norādīto e-pastu vai deklarēto/juridisko adresi.)</w:t>
+          <w:p w14:paraId="30FA8531" w14:textId="77777777" w:rsidR="00F20D1A" w:rsidRPr="00AC7804" w:rsidRDefault="00000000" w:rsidP="00F46FB4">
+            <w:pPr>
+              <w:ind w:right="319"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC7804">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Esmu informēts (-a), ka, ja dokumenta sagatavošanas laikā oficiālās elektroniskās adreses konts tiks deaktivizēts, tad atbilde tiks nosūtīta uz iesniegumā norādīto e-pastu vai deklarēto/juridisko adresi.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0018404E" w14:paraId="4D4C3167" w14:textId="77777777" w:rsidTr="0018404E">
+      <w:tr w:rsidR="00261FB2" w14:paraId="7902D7BE" w14:textId="77777777" w:rsidTr="00264D87">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9498" w:type="dxa"/>
+            <w:tcW w:w="9911" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="285483AC" w14:textId="77777777" w:rsidR="0018404E" w:rsidRPr="00BE6423" w:rsidRDefault="0018404E" w:rsidP="0018404E">
-            <w:r w:rsidRPr="00BE6423">
+          <w:p w14:paraId="1331CFF0" w14:textId="77777777" w:rsidR="00F20D1A" w:rsidRDefault="00000000" w:rsidP="00F26370">
+            <w:pPr>
+              <w:ind w:right="-1"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:b/>
+                  <w:bCs/>
+                </w:rPr>
                 <w:id w:val="1474107992"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r>
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
+                    <w:b/>
+                    <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="00BE6423">
-              <w:t xml:space="preserve">   pa e-pastu;</w:t>
+            <w:r w:rsidRPr="0086693C">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   p</w:t>
+            </w:r>
+            <w:r w:rsidR="005B0E02">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">a </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0086693C">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>e-pastu</w:t>
+            </w:r>
+            <w:r w:rsidR="0086693C" w:rsidRPr="0086693C">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0018404E" w14:paraId="29B696AE" w14:textId="77777777" w:rsidTr="0018404E">
+      <w:tr w:rsidR="00261FB2" w14:paraId="22D66C11" w14:textId="77777777" w:rsidTr="00264D87">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9498" w:type="dxa"/>
+            <w:tcW w:w="9911" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F10270A" w14:textId="77777777" w:rsidR="0018404E" w:rsidRPr="00BE6423" w:rsidRDefault="0018404E" w:rsidP="0018404E">
-[...2 lines deleted...]
-              <w:t>(Esmu informēts (-a), ka norādītā dokumenta piegādes adrese ir spēkā, ja nav aktivizēts oficiālās elektroniskās adreses konts. Ja būs aktivizēts oficiālās elektroniskās adreses konts, tad atbilde tiks nosūtīta uz oficiālo elektronisko adresi.)</w:t>
+          <w:p w14:paraId="7D1B7EA5" w14:textId="77777777" w:rsidR="00F20D1A" w:rsidRDefault="00000000" w:rsidP="00F26370">
+            <w:pPr>
+              <w:ind w:right="319"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC7804">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Esmu informēts (-a), ka norādītā dokumenta piegādes adrese ir spēkā, ja nav aktivizēts oficiālās elektroniskās adreses konts. Ja būs aktivizēts oficiālās elektroniskās adreses konts, tad atbilde tiks nosūtīta uz oficiālo elektronisko adresi</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0018404E" w14:paraId="3613280D" w14:textId="77777777" w:rsidTr="0018404E">
+      <w:tr w:rsidR="00261FB2" w14:paraId="6FC18018" w14:textId="77777777" w:rsidTr="00264D87">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9498" w:type="dxa"/>
+            <w:tcW w:w="9911" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5CBF685A" w14:textId="77777777" w:rsidR="0018404E" w:rsidRPr="00BE6423" w:rsidRDefault="0018404E" w:rsidP="0018404E">
-            <w:r w:rsidRPr="00BE6423">
+          <w:p w14:paraId="16FC7FDA" w14:textId="77777777" w:rsidR="00F20D1A" w:rsidRPr="00F20D1A" w:rsidRDefault="00000000" w:rsidP="00F46FB4">
+            <w:pPr>
+              <w:ind w:right="-1"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC7804">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:b/>
+                  <w:bCs/>
+                </w:rPr>
                 <w:id w:val="477731948"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00BE6423">
+                <w:r>
                   <w:rPr>
-                    <w:rFonts w:eastAsia="MS Gothic" w:hint="eastAsia"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:b/>
+                    <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="00BE6423">
-              <w:t xml:space="preserve">    klātienē (Talsu novada pašvaldībā, Kareivju ielā 7, Talsos);</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0086693C">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>klātienē (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0086693C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Talsu novada pašvaldībā, Kareivju ielā 7, Talsos)</w:t>
+            </w:r>
+            <w:r w:rsidR="0086693C" w:rsidRPr="0086693C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0018404E" w14:paraId="1288338F" w14:textId="77777777" w:rsidTr="0018404E">
+      <w:tr w:rsidR="00261FB2" w14:paraId="010CA94C" w14:textId="77777777" w:rsidTr="00264D87">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9498" w:type="dxa"/>
+            <w:tcW w:w="9911" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17F44F05" w14:textId="77777777" w:rsidR="0018404E" w:rsidRPr="00BE6423" w:rsidRDefault="0018404E" w:rsidP="0018404E">
-            <w:r w:rsidRPr="00BE6423">
+          <w:p w14:paraId="6D5C17DF" w14:textId="77777777" w:rsidR="00F20D1A" w:rsidRPr="00AC7804" w:rsidRDefault="00000000" w:rsidP="00F46FB4">
+            <w:pPr>
+              <w:ind w:right="-1"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC7804">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:b/>
+                  <w:bCs/>
+                </w:rPr>
                 <w:id w:val="-1330448607"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00BE6423">
+                <w:r>
                   <w:rPr>
-                    <w:rFonts w:eastAsia="MS Gothic" w:hint="eastAsia"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:b/>
+                    <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="00BE6423">
-              <w:t xml:space="preserve">    pa pastu uz iesniegumā norādīto adresi.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC7804">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0086693C" w:rsidRPr="0086693C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>pa pastu uz iesniegumā norādīto adresi</w:t>
+            </w:r>
+            <w:r w:rsidR="002C4DB4">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00261FB2" w14:paraId="4712FF22" w14:textId="77777777" w:rsidTr="00264D87">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9911" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DC76FA5" w14:textId="77777777" w:rsidR="00690289" w:rsidRPr="00AC7804" w:rsidRDefault="00000000" w:rsidP="00690289">
+            <w:pPr>
+              <w:ind w:left="16" w:right="-1"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:b/>
+                  <w:bCs/>
+                </w:rPr>
+                <w:id w:val="1894394039"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:b/>
+                    <w:bCs/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC7804">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C37326">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>atbilde uz iesniegumu nav nepieciešama</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2BA01120" w14:textId="77777777" w:rsidR="00986247" w:rsidRDefault="00986247" w:rsidP="004D2017"/>
-[...11 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="3ED299C3" w14:textId="77777777" w:rsidR="00A47700" w:rsidRDefault="00A47700" w:rsidP="00F46FB4">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3061A296" w14:textId="77777777" w:rsidR="00A26540" w:rsidRPr="008E49C7" w:rsidRDefault="00000000" w:rsidP="00F46FB4">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00751464">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Datu aizsardzības atruna</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53B13B2F" w14:textId="77777777" w:rsidR="008E49C7" w:rsidRPr="007813D4" w:rsidRDefault="00DC1E83" w:rsidP="007813D4">
-      <w:pPr>
+    <w:p w14:paraId="2CA718AE" w14:textId="77777777" w:rsidR="008E49C7" w:rsidRDefault="00000000" w:rsidP="00F46FB4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...6 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="004D2017" w:rsidRPr="007813D4">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="004D2017" w:rsidRPr="005E3D42">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Talsu novada pašva</w:t>
       </w:r>
-      <w:r w:rsidR="007420D6" w:rsidRPr="007813D4">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="007420D6">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>ldība</w:t>
       </w:r>
-      <w:r w:rsidR="004D2017" w:rsidRPr="007813D4">
-[...8 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidR="004D2017" w:rsidRPr="005E3D42">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ar šo apliecina, ka informācija un personas dati, ko Jūs esat iesniedzis saistībā ar šo iesniegumu, tiks apkopoti, apstrādāti un glabāti saskaņā ar Eiropas Parlamenta un Padomes </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2017" w:rsidRPr="00ED749C">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>Regulu (ES</w:t>
+      </w:r>
+      <w:r w:rsidR="004D2017" w:rsidRPr="005E3D42">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) 2016/679 (2016.gada 27.aprīlis) par fizisko personu aizsardzību attiecībā uz personas datu apstrādi un šādu datu apriti un ar ko atceļ Direktīvu 95/46 EK (Vispārīgā datu aizsardzības regula) </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2017" w:rsidRPr="00D35D8E">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>prasībām</w:t>
+      </w:r>
+      <w:r w:rsidR="004D2017" w:rsidRPr="005E3D42">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>, attiecībā uz personas datu aizsardzību.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="216A89EE" w14:textId="77777777" w:rsidR="008E49C7" w:rsidRPr="00A26540" w:rsidRDefault="00000000" w:rsidP="00F46FB4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...6 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="006931EC" w:rsidRPr="007813D4">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="006931EC" w:rsidRPr="004725B9">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Iesniegto personas datu pārzinis ir Talsu novada pašvaldība, </w:t>
       </w:r>
-      <w:r w:rsidRPr="007813D4">
-[...8 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00A26540">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A26540">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">eģ. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A26540">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>r.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A26540">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A26540">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>90009113532</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A26540">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A26540">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> juridiskā adrese </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A26540">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>Kareivju</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A26540">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iela 7, Talsi, Talsu novads, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A26540">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>kontaktinformācija</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A26540">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A26540">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>tālr. 63232110, e-pasts pasts@talsi.lv</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F3A2437" w14:textId="77777777" w:rsidR="008E49C7" w:rsidRDefault="00000000" w:rsidP="00F46FB4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...6 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Iesniedzot savus datus, Jūs piekrītat, ka dati tiek apstrādāti un uzglabāti, kamēr pastāv nepieciešamība apstrādāt Jūsu iesniegumu, kā arī normatīvajos aktos noteiktajos gadījumos pēc sākotnējās datu apstrādes tik ilgi, cik tas būtu nepieciešams saskaņā ar normatīvajos aktos noteikto.</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+      </w:r>
+      <w:r w:rsidRPr="005E3D42">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>Iesniedzot savus datus, Jūs piekrītat, ka dati tiek apstrādāti un uzglabāti</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A26540">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>kamēr pastāv nepieciešamība apstrādāt Jūsu iesniegumu, kā arī normatīvajos aktos noteiktajos gadījumos pēc sākotnējās datu apstrādes tik ilgi, cik tas būtu nepieciešams saskaņā ar normatīvajos aktos noteikto</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="448C00A9" w14:textId="77777777" w:rsidR="0031158F" w:rsidRDefault="00000000" w:rsidP="00F46FB4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...6 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A26540">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
         <w:t>Jums ir tiesības jebkurā laikā prasīt ierobežot vai iebilst pret šādu apstrādi un pieprasīt personas datu labošanu, kā arī pieprasīt dzēst datus un informāciju par Jūsu personas datu izmantošanu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4724CAC9" w14:textId="77777777" w:rsidR="008E49C7" w:rsidRPr="007813D4" w:rsidRDefault="00DC1E83" w:rsidP="007813D4">
-      <w:pPr>
+    <w:p w14:paraId="4A023374" w14:textId="77777777" w:rsidR="008E49C7" w:rsidRPr="00A26540" w:rsidRDefault="00000000" w:rsidP="00F46FB4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...6 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="006931EC" w:rsidRPr="007813D4">
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> Papildu informāciju par fizisko personu datu apstrādi Talsu novada pašvaldībā Jūs varat iegūt pašvaldības interneta vietnes sadaļā “Privātuma politika” </w:t>
+      <w:r w:rsidR="006931EC" w:rsidRPr="004725B9">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>Esmu informēts (-a), ka pašvaldībai ir tiesības pārbaudīt iesniegumā norādīto ziņu patiesumu, tai skaitā atbilstību valsts reģistros iekļautajām ziņām</w:t>
+      </w:r>
+      <w:r w:rsidR="006931EC">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A26540">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>Papildu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A26540">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>informāciju par fizisko personu datu apstrādi Talsu novada pašvaldībā Jūs varat iegūt pašvaldības interneta vietn</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>es</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A26540">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sadaļā “Privātuma politika” </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:tgtFrame="_blank" w:history="1">
-        <w:r w:rsidRPr="007813D4">
+        <w:r w:rsidR="008E49C7" w:rsidRPr="00A26540">
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:color w:val="0563C1"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="lv-LV"/>
           </w:rPr>
           <w:t>https://www.talsunovads.lv/lv/privatuma-politika</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="007813D4">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00A26540">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6984547D" w14:textId="77777777" w:rsidR="004D2017" w:rsidRPr="007813D4" w:rsidRDefault="004D2017" w:rsidP="00BE6423">
-[...250 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId9"/>
+    <w:p w14:paraId="517CBDBC" w14:textId="77777777" w:rsidR="004D2017" w:rsidRDefault="004D2017" w:rsidP="00F46FB4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3987B1E9" w14:textId="77777777" w:rsidR="00F26370" w:rsidRDefault="00F26370" w:rsidP="00F46FB4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25C0FE9B" w14:textId="77777777" w:rsidR="00F26370" w:rsidRPr="00F26370" w:rsidRDefault="00000000" w:rsidP="00F26370">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="4678"/>
+        </w:tabs>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F26370">
+        <w:rPr>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>20__</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F26370">
+        <w:rPr>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>. gada ___. ____________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F26370">
+        <w:rPr>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>______________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F26370">
+        <w:rPr>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        __</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F26370">
+        <w:rPr>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77F4344E" w14:textId="77777777" w:rsidR="0086693C" w:rsidRPr="00F26370" w:rsidRDefault="00000000" w:rsidP="00F26370">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="5103"/>
+          <w:tab w:val="left" w:pos="7088"/>
+        </w:tabs>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F26370">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>(paraksts)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> (paraksta atšifrējums)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E8796C9" w14:textId="77777777" w:rsidR="00E708B3" w:rsidRPr="00F26370" w:rsidRDefault="00E708B3" w:rsidP="00F46FB4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62B07FFF" w14:textId="77777777" w:rsidR="0086693C" w:rsidRDefault="0086693C" w:rsidP="00F46FB4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="1701" w:right="-1"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="414142"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="282B57E5" w14:textId="77777777" w:rsidR="00E708B3" w:rsidRPr="00E708B3" w:rsidRDefault="00000000" w:rsidP="00F46FB4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="1701" w:right="-1"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="414142"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00355871">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="414142"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E708B3">
+        <w:rPr>
+          <w:color w:val="414142"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Dokumenta rekvizītus “paraksts” un “datums” neaizpilda, ja elektroniskais dokuments sagatavots atbilstoši normatīvajiem aktiem par elektronisko dokumentu noformēšanu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21D7A224" w14:textId="77777777" w:rsidR="00E708B3" w:rsidRDefault="00E708B3" w:rsidP="00F46FB4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:ind w:right="-1"/>
+        <w:rPr>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68741086" w14:textId="77777777" w:rsidR="006C5D54" w:rsidRDefault="006C5D54" w:rsidP="00F46FB4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:ind w:right="-1"/>
+        <w:rPr>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47AACF87" w14:textId="77777777" w:rsidR="006C5D54" w:rsidRDefault="006C5D54" w:rsidP="00F46FB4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:ind w:right="-1"/>
+        <w:rPr>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EE848A1" w14:textId="77777777" w:rsidR="006C5D54" w:rsidRDefault="006C5D54" w:rsidP="00F46FB4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:ind w:right="-1"/>
+        <w:rPr>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3037397B" w14:textId="77777777" w:rsidR="001C6261" w:rsidRDefault="001C6261" w:rsidP="00F46FB4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:ind w:right="-1"/>
+        <w:rPr>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51A4FA3A" w14:textId="77777777" w:rsidR="001C6261" w:rsidRDefault="001C6261" w:rsidP="00F46FB4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:ind w:right="-1"/>
+        <w:rPr>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="001C6261" w:rsidSect="00F46FB4">
+      <w:footerReference w:type="first" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
-      <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5E0C900D" w14:textId="77777777" w:rsidR="00D461C7" w:rsidRDefault="00D461C7">
+    <w:p w14:paraId="71B3C5F1" w14:textId="77777777" w:rsidR="00B406FB" w:rsidRDefault="00B406FB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="33D4657F" w14:textId="77777777" w:rsidR="00D461C7" w:rsidRDefault="00D461C7">
+    <w:p w14:paraId="3FCC1519" w14:textId="77777777" w:rsidR="00B406FB" w:rsidRDefault="00B406FB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="7AFF5936" w14:textId="3ADEF292" w:rsidR="00CB511E" w:rsidRDefault="00DC1E83">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0FE1327E" w14:textId="77777777" w:rsidR="006D1ABA" w:rsidRDefault="00000000">
     <w:r>
-      <w:t xml:space="preserve">          </w:t>
-[...322 lines deleted...]
-    <w:r w:rsidR="00DC1E83">
       <w:t xml:space="preserve">          Šis dokuments ir parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6BFA7A1B" w14:textId="77777777" w:rsidR="00D461C7" w:rsidRDefault="00D461C7">
+    <w:p w14:paraId="0516E5F9" w14:textId="77777777" w:rsidR="00B406FB" w:rsidRDefault="00B406FB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="31B9CB27" w14:textId="77777777" w:rsidR="00D461C7" w:rsidRDefault="00D461C7">
+    <w:p w14:paraId="27B93EF1" w14:textId="77777777" w:rsidR="00B406FB" w:rsidRDefault="00B406FB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="140"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...1 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005F1BF6"/>
-    <w:rsid w:val="000241E9"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00050506"/>
+    <w:rsid w:val="000200A7"/>
+    <w:rsid w:val="0004530D"/>
     <w:rsid w:val="00050AF2"/>
     <w:rsid w:val="00067C7E"/>
-    <w:rsid w:val="0009293D"/>
-    <w:rsid w:val="000A7EE3"/>
+    <w:rsid w:val="000F440D"/>
     <w:rsid w:val="00123D87"/>
     <w:rsid w:val="00127207"/>
     <w:rsid w:val="001326AA"/>
     <w:rsid w:val="00147ABB"/>
-    <w:rsid w:val="00151DEC"/>
     <w:rsid w:val="00167941"/>
+    <w:rsid w:val="00172B84"/>
     <w:rsid w:val="0018108D"/>
-    <w:rsid w:val="0018404E"/>
-    <w:rsid w:val="00195000"/>
+    <w:rsid w:val="001814D3"/>
     <w:rsid w:val="001B1C69"/>
+    <w:rsid w:val="001B5387"/>
+    <w:rsid w:val="001B54AA"/>
     <w:rsid w:val="001B712B"/>
+    <w:rsid w:val="001C6261"/>
     <w:rsid w:val="001D77C9"/>
     <w:rsid w:val="001F150F"/>
     <w:rsid w:val="00203D95"/>
-    <w:rsid w:val="00253111"/>
+    <w:rsid w:val="00261FB2"/>
     <w:rsid w:val="00264D87"/>
-    <w:rsid w:val="00285C60"/>
-    <w:rsid w:val="002A4FB9"/>
+    <w:rsid w:val="002A2C29"/>
+    <w:rsid w:val="002A71FE"/>
     <w:rsid w:val="002C4DB4"/>
     <w:rsid w:val="002E31E2"/>
-    <w:rsid w:val="00304A6B"/>
+    <w:rsid w:val="002E63B6"/>
     <w:rsid w:val="0031158F"/>
     <w:rsid w:val="0031647A"/>
     <w:rsid w:val="00332FDB"/>
     <w:rsid w:val="00355871"/>
     <w:rsid w:val="00357944"/>
-    <w:rsid w:val="003723DC"/>
     <w:rsid w:val="003B1FC5"/>
     <w:rsid w:val="003C4DB9"/>
+    <w:rsid w:val="00424C6C"/>
+    <w:rsid w:val="004468D1"/>
     <w:rsid w:val="004725B9"/>
+    <w:rsid w:val="00487DC0"/>
+    <w:rsid w:val="004A1553"/>
+    <w:rsid w:val="004A3D79"/>
+    <w:rsid w:val="004B378B"/>
     <w:rsid w:val="004B5321"/>
     <w:rsid w:val="004C2DC8"/>
+    <w:rsid w:val="004C4681"/>
     <w:rsid w:val="004D2017"/>
     <w:rsid w:val="005407AC"/>
-    <w:rsid w:val="005A28B0"/>
+    <w:rsid w:val="00550B9E"/>
     <w:rsid w:val="005B0E02"/>
+    <w:rsid w:val="005C312F"/>
     <w:rsid w:val="005D34EB"/>
     <w:rsid w:val="005E3D42"/>
     <w:rsid w:val="005F1BF6"/>
+    <w:rsid w:val="00631C19"/>
+    <w:rsid w:val="00631D0F"/>
+    <w:rsid w:val="00647D0A"/>
+    <w:rsid w:val="00653CC6"/>
     <w:rsid w:val="00661210"/>
+    <w:rsid w:val="00690289"/>
     <w:rsid w:val="006931EC"/>
+    <w:rsid w:val="006A3B47"/>
     <w:rsid w:val="006C5D54"/>
-    <w:rsid w:val="00720A98"/>
+    <w:rsid w:val="006D1ABA"/>
     <w:rsid w:val="007420D6"/>
     <w:rsid w:val="00751464"/>
     <w:rsid w:val="00764CB9"/>
-    <w:rsid w:val="007813D4"/>
+    <w:rsid w:val="007762F8"/>
     <w:rsid w:val="007D7BEE"/>
     <w:rsid w:val="007F6292"/>
     <w:rsid w:val="007F6350"/>
+    <w:rsid w:val="008001B5"/>
     <w:rsid w:val="00807341"/>
+    <w:rsid w:val="0085762C"/>
+    <w:rsid w:val="00861738"/>
     <w:rsid w:val="0086693C"/>
     <w:rsid w:val="00874F5C"/>
+    <w:rsid w:val="00875930"/>
+    <w:rsid w:val="008A73A4"/>
+    <w:rsid w:val="008C3141"/>
     <w:rsid w:val="008D5523"/>
-    <w:rsid w:val="008D7238"/>
     <w:rsid w:val="008E49C7"/>
     <w:rsid w:val="00905D7D"/>
+    <w:rsid w:val="00953048"/>
     <w:rsid w:val="009851FE"/>
     <w:rsid w:val="00986247"/>
     <w:rsid w:val="00990082"/>
     <w:rsid w:val="009922AD"/>
+    <w:rsid w:val="00992642"/>
+    <w:rsid w:val="009F4C80"/>
     <w:rsid w:val="00A100DC"/>
     <w:rsid w:val="00A26540"/>
+    <w:rsid w:val="00A3653B"/>
     <w:rsid w:val="00A47700"/>
+    <w:rsid w:val="00A91594"/>
     <w:rsid w:val="00AA2FB7"/>
+    <w:rsid w:val="00AC4831"/>
     <w:rsid w:val="00AC7804"/>
+    <w:rsid w:val="00AD5694"/>
+    <w:rsid w:val="00AE6475"/>
     <w:rsid w:val="00B22453"/>
-    <w:rsid w:val="00B47BDE"/>
+    <w:rsid w:val="00B23CBC"/>
+    <w:rsid w:val="00B26F3A"/>
+    <w:rsid w:val="00B406FB"/>
+    <w:rsid w:val="00B52E5A"/>
     <w:rsid w:val="00B64A11"/>
     <w:rsid w:val="00B87863"/>
     <w:rsid w:val="00BA0BE1"/>
-    <w:rsid w:val="00BE6423"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00C31E6A"/>
+    <w:rsid w:val="00C15EE9"/>
+    <w:rsid w:val="00C37326"/>
+    <w:rsid w:val="00C4125E"/>
     <w:rsid w:val="00C54CFA"/>
     <w:rsid w:val="00C9772A"/>
-    <w:rsid w:val="00CB511E"/>
+    <w:rsid w:val="00CD0BA3"/>
+    <w:rsid w:val="00CE5C85"/>
+    <w:rsid w:val="00CF2B97"/>
     <w:rsid w:val="00D34EAC"/>
     <w:rsid w:val="00D35D8E"/>
     <w:rsid w:val="00D41EB2"/>
     <w:rsid w:val="00D4275B"/>
-    <w:rsid w:val="00D461C7"/>
+    <w:rsid w:val="00D75F8B"/>
     <w:rsid w:val="00D81BAE"/>
+    <w:rsid w:val="00D829D3"/>
     <w:rsid w:val="00D9533B"/>
-    <w:rsid w:val="00DC1E83"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00E149E6"/>
+    <w:rsid w:val="00DA5CDA"/>
+    <w:rsid w:val="00DB18E7"/>
+    <w:rsid w:val="00DB4FE1"/>
+    <w:rsid w:val="00E067B4"/>
     <w:rsid w:val="00E177C3"/>
     <w:rsid w:val="00E36C6A"/>
     <w:rsid w:val="00E708B3"/>
+    <w:rsid w:val="00E72030"/>
     <w:rsid w:val="00E91EE1"/>
+    <w:rsid w:val="00EC34A0"/>
+    <w:rsid w:val="00EC3620"/>
     <w:rsid w:val="00EC5FD6"/>
     <w:rsid w:val="00ED749C"/>
     <w:rsid w:val="00EE4A01"/>
-    <w:rsid w:val="00F03DB8"/>
+    <w:rsid w:val="00EE531D"/>
     <w:rsid w:val="00F20D1A"/>
-    <w:rsid w:val="00F40437"/>
-    <w:rsid w:val="00F61AF7"/>
+    <w:rsid w:val="00F26370"/>
+    <w:rsid w:val="00F42F68"/>
+    <w:rsid w:val="00F46FB4"/>
+    <w:rsid w:val="00F533F7"/>
+    <w:rsid w:val="00F83A34"/>
+    <w:rsid w:val="00FB1E09"/>
+    <w:rsid w:val="00FC6765"/>
+    <w:rsid w:val="00FC6CA1"/>
+    <w:rsid w:val="00FE5C66"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="2BECF3F7"/>
+  <w14:docId w14:val="686B0750"/>
   <w15:docId w15:val="{4F51CFBD-8D05-419C-B0C7-B7F69EC7962A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2014,50 +2419,51 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Parasts">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="005F1BF6"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Noklusjumarindkopasfonts">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Parastatabula">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
@@ -2132,126 +2538,176 @@
       <w:szCs w:val="22"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hipersaite">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A26540"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Komentraatsauce">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004A1553"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Komentrateksts">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="KomentratekstsRakstz"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004A1553"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KomentratekstsRakstz">
+    <w:name w:val="Komentāra teksts Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Komentrateksts"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="004A1553"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Komentratma">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="Komentrateksts"/>
+    <w:next w:val="Komentrateksts"/>
+    <w:link w:val="KomentratmaRakstz"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004A1553"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KomentratmaRakstz">
+    <w:name w:val="Komentāra tēma Rakstz."/>
+    <w:basedOn w:val="KomentratekstsRakstz"/>
+    <w:link w:val="Komentratma"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004A1553"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Galvene">
     <w:name w:val="header"/>
     <w:basedOn w:val="Parasts"/>
     <w:link w:val="GalveneRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B47BDE"/>
+    <w:rsid w:val="00E72030"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="GalveneRakstz">
     <w:name w:val="Galvene Rakstz."/>
     <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:link w:val="Galvene"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00B47BDE"/>
+    <w:rsid w:val="00E72030"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kjene">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Parasts"/>
     <w:link w:val="KjeneRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B47BDE"/>
+    <w:rsid w:val="00E72030"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KjeneRakstz">
     <w:name w:val="Kājene Rakstz."/>
     <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:link w:val="Kjene"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00B47BDE"/>
+    <w:rsid w:val="00E72030"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sarakstarindkopa">
-[...9 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.talsunovads.lv/lv/privatuma-politika" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.talsunovads.lv/lv/privatuma-politika" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2504,85 +2960,85 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D4E0C119-9520-4479-9C66-99BC89C3DAA8}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AEFC74C9-4BBA-4FCF-952F-8A6F82834ADE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>1899</Words>
-  <Characters>1083</Characters>
+  <Words>3354</Words>
+  <Characters>1913</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>15</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2977</CharactersWithSpaces>
+  <CharactersWithSpaces>5257</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Viktors</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>